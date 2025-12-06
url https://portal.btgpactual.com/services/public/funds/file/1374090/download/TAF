--- v0 (2025-10-22)
+++ v1 (2025-12-06)
@@ -1,107 +1,104 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXml/itemProps1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXml/itemProps2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXml/itemProps3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXml/itemProps4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXml/itemProps5.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXml/itemProps6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml" PartName="/word/endnotes.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer2.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml" PartName="/word/footnotes.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header2.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml" PartName="/word/webSettings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId4" Target="docProps/custom.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:body>
-    <w:p w14:paraId="7755A606" w14:textId="77777777" w:rsidR="00602D1F" w:rsidRDefault="004C2A46" w:rsidP="006D375B">
+    <w:p w14:paraId="7755A606" w14:textId="79C769CE" w:rsidR="00602D1F" w:rsidRDefault="004C2A46" w:rsidP="006D375B">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C2A46">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Termo de Adesão</w:t>
       </w:r>
       <w:r w:rsidR="00B751C2">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> e Ciência de Risco</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="1418"/>
         <w:gridCol w:w="3008"/>
         <w:gridCol w:w="284"/>
         <w:gridCol w:w="1004"/>
         <w:gridCol w:w="611"/>
         <w:gridCol w:w="3062"/>
         <w:gridCol w:w="142"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00675F41" w:rsidRPr="00721819" w14:paraId="51506AF6" w14:textId="77777777" w:rsidTr="00CE39DD">
+      <w:tr w:rsidR="00BA3EEF" w:rsidRPr="00721819" w14:paraId="51506AF6" w14:textId="77777777" w:rsidTr="00CE39DD">
         <w:trPr>
           <w:trHeight w:val="333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6281" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="4610F13F" w14:textId="77777777" w:rsidR="00BA3EEF" w:rsidRPr="00721819" w:rsidRDefault="00BA3EEF" w:rsidP="006D375B">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="-108"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00721819">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -131,624 +128,588 @@
             <w:tcW w:w="3204" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="15C568C1" w14:textId="77777777" w:rsidR="00BA3EEF" w:rsidRPr="00721819" w:rsidRDefault="00BA3EEF" w:rsidP="006D375B">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="-108"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00721819">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CNPJ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00675F41" w:rsidRPr="00721819" w14:paraId="6D4C7D94" w14:textId="77777777" w:rsidTr="00CE39DD">
+      <w:tr w:rsidR="008D4536" w:rsidRPr="00721819" w14:paraId="6D4C7D94" w14:textId="77777777" w:rsidTr="00CE39DD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6281" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="152437B6" w14:textId="385C8017" w:rsidR="00BA3EEF" w:rsidRPr="00600FA0" w:rsidRDefault="00944C2B" w:rsidP="006D375B">
+          <w:p w14:paraId="152437B6" w14:textId="0518942C" w:rsidR="008D4536" w:rsidRPr="00600FA0" w:rsidRDefault="008D4536" w:rsidP="008D4536">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00944C2B">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>EMPIRICUS DEEP VALUE BRASIL FUNDO DE INVESTIMENTO EM AÇÕES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="611" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2979FA84" w14:textId="77777777" w:rsidR="00BA3EEF" w:rsidRPr="00721819" w:rsidRDefault="00BA3EEF" w:rsidP="006D375B">
+          <w:p w14:paraId="2979FA84" w14:textId="77777777" w:rsidR="008D4536" w:rsidRPr="00721819" w:rsidRDefault="008D4536" w:rsidP="008D4536">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3204" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="478C52AC" w14:textId="068AF8B4" w:rsidR="00BA3EEF" w:rsidRPr="00721819" w:rsidRDefault="000C01F2" w:rsidP="006D375B">
+          <w:p w14:paraId="478C52AC" w14:textId="2E013A40" w:rsidR="008D4536" w:rsidRPr="00721819" w:rsidRDefault="008D4536" w:rsidP="008D4536">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>39.913.648/0001-94</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00675F41" w:rsidRPr="00721819" w14:paraId="49955169" w14:textId="77777777" w:rsidTr="00CE39DD">
+      <w:tr w:rsidR="008D4536" w:rsidRPr="00721819" w14:paraId="49955169" w14:textId="77777777" w:rsidTr="00CE39DD">
         <w:trPr>
           <w:trHeight w:val="333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6281" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="79E8AE89" w14:textId="64965C21" w:rsidR="00CE39DD" w:rsidRPr="00721819" w:rsidRDefault="00CE39DD" w:rsidP="006D375B">
+          <w:p w14:paraId="79E8AE89" w14:textId="64965C21" w:rsidR="008D4536" w:rsidRPr="00721819" w:rsidRDefault="008D4536" w:rsidP="008D4536">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="-108"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Classe</w:t>
             </w:r>
             <w:r w:rsidRPr="00721819">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> do Fundo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="611" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E7CC589" w14:textId="77777777" w:rsidR="00CE39DD" w:rsidRPr="00721819" w:rsidRDefault="00CE39DD" w:rsidP="006D375B">
+          <w:p w14:paraId="6E7CC589" w14:textId="77777777" w:rsidR="008D4536" w:rsidRPr="00721819" w:rsidRDefault="008D4536" w:rsidP="008D4536">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="-108"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3204" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="43B31E11" w14:textId="77777777" w:rsidR="00CE39DD" w:rsidRPr="00721819" w:rsidRDefault="00CE39DD" w:rsidP="006D375B">
+          <w:p w14:paraId="43B31E11" w14:textId="77777777" w:rsidR="008D4536" w:rsidRPr="00721819" w:rsidRDefault="008D4536" w:rsidP="008D4536">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="-108"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00721819">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CNPJ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00675F41" w:rsidRPr="00721819" w14:paraId="04899AEC" w14:textId="77777777" w:rsidTr="00CE39DD">
+      <w:tr w:rsidR="008D4536" w:rsidRPr="00721819" w14:paraId="04899AEC" w14:textId="77777777" w:rsidTr="00CE39DD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6281" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0060FDD1" w14:textId="6DC6D90F" w:rsidR="00CE39DD" w:rsidRPr="00600FA0" w:rsidRDefault="00944C2B" w:rsidP="00944C2B">
+          <w:p w14:paraId="0060FDD1" w14:textId="3ED19EEB" w:rsidR="008D4536" w:rsidRPr="00600FA0" w:rsidRDefault="008D4536" w:rsidP="008D4536">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00944C2B">
-[...15 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...9 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>CLASSE ÚNICA DE COTAS DO EMPIRICUS DEEP VALUE BRASIL FUNDO DE INVESTIMENTO EM AÇÕES RESPONSABILIDADE LIMITADA</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="611" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23F5F825" w14:textId="77777777" w:rsidR="00CE39DD" w:rsidRPr="00721819" w:rsidRDefault="00CE39DD" w:rsidP="006D375B">
+          <w:p w14:paraId="23F5F825" w14:textId="77777777" w:rsidR="008D4536" w:rsidRPr="00721819" w:rsidRDefault="008D4536" w:rsidP="008D4536">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3204" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2E3D6648" w14:textId="61B8EC30" w:rsidR="00CE39DD" w:rsidRPr="00721819" w:rsidRDefault="00E7046D" w:rsidP="006D375B">
+          <w:p w14:paraId="2E3D6648" w14:textId="2A1C0C95" w:rsidR="008D4536" w:rsidRPr="00721819" w:rsidRDefault="008D4536" w:rsidP="008D4536">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>39.913.648/0001-94</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00675F41" w:rsidRPr="00721819" w14:paraId="69391B3B" w14:textId="77777777" w:rsidTr="00CE39DD">
+      <w:tr w:rsidR="008D4536" w:rsidRPr="00721819" w14:paraId="69391B3B" w14:textId="77777777" w:rsidTr="00CE39DD">
         <w:trPr>
           <w:trHeight w:val="333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6281" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="2E08FD24" w14:textId="58467256" w:rsidR="00CE39DD" w:rsidRPr="00721819" w:rsidRDefault="00CE39DD" w:rsidP="006D375B">
+          <w:p w14:paraId="2E08FD24" w14:textId="58467256" w:rsidR="008D4536" w:rsidRPr="00721819" w:rsidRDefault="008D4536" w:rsidP="008D4536">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="-108"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Subclasse</w:t>
             </w:r>
             <w:r w:rsidRPr="00721819">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> do Fundo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="611" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29E42AC4" w14:textId="77777777" w:rsidR="00CE39DD" w:rsidRPr="00721819" w:rsidRDefault="00CE39DD" w:rsidP="006D375B">
+          <w:p w14:paraId="29E42AC4" w14:textId="77777777" w:rsidR="008D4536" w:rsidRPr="00721819" w:rsidRDefault="008D4536" w:rsidP="008D4536">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="-108"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3204" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="31496F21" w14:textId="31C78D0A" w:rsidR="00CE39DD" w:rsidRPr="00721819" w:rsidRDefault="00321F9A" w:rsidP="006D375B">
+          <w:p w14:paraId="31496F21" w14:textId="31C78D0A" w:rsidR="008D4536" w:rsidRPr="00721819" w:rsidRDefault="008D4536" w:rsidP="008D4536">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="-108"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Código CVM</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00675F41" w:rsidRPr="00CF1E3E" w14:paraId="69B56410" w14:textId="77777777" w:rsidTr="00CF1E3E">
+      <w:tr w:rsidR="008D4536" w:rsidRPr="00721819" w14:paraId="69B56410" w14:textId="77777777" w:rsidTr="00CE39DD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6281" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="4ED682E5" w14:textId="59CE71EB" w:rsidR="00CE39DD" w:rsidRPr="00E7046D" w:rsidRDefault="00CE39DD" w:rsidP="006D375B">
+          <w:p w14:paraId="4ED682E5" w14:textId="15DFD280" w:rsidR="008D4536" w:rsidRPr="00600FA0" w:rsidRDefault="008D4536" w:rsidP="008D4536">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="611" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16686A94" w14:textId="77777777" w:rsidR="00CE39DD" w:rsidRPr="00721819" w:rsidRDefault="00CE39DD" w:rsidP="006D375B">
+          <w:p w14:paraId="16686A94" w14:textId="77777777" w:rsidR="008D4536" w:rsidRPr="00721819" w:rsidRDefault="008D4536" w:rsidP="008D4536">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3204" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3ECD6C02" w14:textId="14B056C4" w:rsidR="00CE39DD" w:rsidRPr="00CF1E3E" w:rsidRDefault="00CE39DD" w:rsidP="00CF1E3E">
+          <w:p w14:paraId="3ECD6C02" w14:textId="1F50801F" w:rsidR="008D4536" w:rsidRPr="00721819" w:rsidRDefault="008D4536" w:rsidP="008D4536">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D75F41" w:rsidRPr="00493B8E" w14:paraId="56462398" w14:textId="77777777" w:rsidTr="002F5312">
+      <w:tr w:rsidR="008D4536" w:rsidRPr="00493B8E" w14:paraId="56462398" w14:textId="77777777" w:rsidTr="00F83D73">
         <w:trPr>
-          <w:trHeight w:val="3147"/>
+          <w:trHeight w:val="1336"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10096" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="6780"/>
               <w:gridCol w:w="280"/>
               <w:gridCol w:w="2820"/>
             </w:tblGrid>
-            <w:tr w:rsidR="000F1356" w:rsidRPr="00721819" w14:paraId="01C48B35" w14:textId="77777777" w:rsidTr="00527BD3">
+            <w:tr w:rsidR="008D4536" w:rsidRPr="00721819" w14:paraId="01C48B35" w14:textId="77777777" w:rsidTr="00527BD3">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9880" w:type="dxa"/>
                   <w:gridSpan w:val="3"/>
                 </w:tcPr>
-                <w:p w14:paraId="38F09D05" w14:textId="40C5373A" w:rsidR="000F1356" w:rsidRPr="00721819" w:rsidRDefault="000F1356" w:rsidP="006D375B">
+                <w:p w14:paraId="38F09D05" w14:textId="40C5373A" w:rsidR="008D4536" w:rsidRPr="00721819" w:rsidRDefault="008D4536" w:rsidP="008D4536">
                   <w:pPr>
                     <w:spacing w:after="120"/>
                     <w:ind w:left="-108"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00721819">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Manifestação do(s) </w:t>
                   </w:r>
-                  <w:r w:rsidR="002B3739">
+                  <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>C</w:t>
                   </w:r>
-                  <w:r w:rsidR="002B3739" w:rsidRPr="00721819">
-[...7 lines deleted...]
-                  </w:r>
                   <w:r w:rsidRPr="00721819">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
-                    <w:t>(s) Signatários(s)</w:t>
+                    <w:t>otista(s) Signatários(s)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="000F1356" w:rsidRPr="00721819" w14:paraId="348ED302" w14:textId="77777777" w:rsidTr="00527BD3">
+            <w:tr w:rsidR="008D4536" w:rsidRPr="00721819" w14:paraId="348ED302" w14:textId="77777777" w:rsidTr="00527BD3">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9880" w:type="dxa"/>
                   <w:gridSpan w:val="3"/>
                 </w:tcPr>
-                <w:p w14:paraId="6C1D212E" w14:textId="77777777" w:rsidR="000F1356" w:rsidRPr="00721819" w:rsidRDefault="000F1356" w:rsidP="006D375B">
+                <w:p w14:paraId="6C1D212E" w14:textId="77777777" w:rsidR="008D4536" w:rsidRPr="00721819" w:rsidRDefault="008D4536" w:rsidP="008D4536">
                   <w:pPr>
                     <w:spacing w:after="120"/>
                     <w:ind w:left="-108"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                       <w:sz w:val="12"/>
                       <w:szCs w:val="12"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="000F1356" w:rsidRPr="00721819" w14:paraId="78E8F8C2" w14:textId="77777777" w:rsidTr="00527BD3">
+            <w:tr w:rsidR="008D4536" w:rsidRPr="00721819" w14:paraId="78E8F8C2" w14:textId="77777777" w:rsidTr="00527BD3">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6780" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="6641B07E" w14:textId="77777777" w:rsidR="000F1356" w:rsidRPr="00721819" w:rsidRDefault="000F1356" w:rsidP="006D375B">
+                <w:p w14:paraId="6641B07E" w14:textId="77777777" w:rsidR="008D4536" w:rsidRPr="00721819" w:rsidRDefault="008D4536" w:rsidP="008D4536">
                   <w:pPr>
                     <w:spacing w:after="120"/>
                     <w:ind w:left="-108"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00721819">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>Cliente / Investidor</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="280" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="011CB788" w14:textId="77777777" w:rsidR="000F1356" w:rsidRPr="00721819" w:rsidRDefault="000F1356" w:rsidP="006D375B">
+                <w:p w14:paraId="011CB788" w14:textId="77777777" w:rsidR="008D4536" w:rsidRPr="00721819" w:rsidRDefault="008D4536" w:rsidP="008D4536">
                   <w:pPr>
                     <w:spacing w:after="120"/>
                     <w:ind w:left="-108"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2820" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="45B98325" w14:textId="791A983D" w:rsidR="000F1356" w:rsidRPr="00721819" w:rsidRDefault="000F1356" w:rsidP="006D375B">
+                <w:p w14:paraId="45B98325" w14:textId="791A983D" w:rsidR="008D4536" w:rsidRPr="00721819" w:rsidRDefault="008D4536" w:rsidP="008D4536">
                   <w:pPr>
                     <w:spacing w:after="120"/>
                     <w:ind w:left="-108"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00721819">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>Inscrito no CPF/CNPJ sob o nº</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="000F1356" w:rsidRPr="00721819" w14:paraId="421FA229" w14:textId="77777777" w:rsidTr="00527BD3">
+            <w:tr w:rsidR="008D4536" w:rsidRPr="00721819" w14:paraId="421FA229" w14:textId="77777777" w:rsidTr="00527BD3">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6780" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="1C9C195F" w14:textId="5094C5B6" w:rsidR="000F1356" w:rsidRPr="00721819" w:rsidRDefault="00FE0EB9" w:rsidP="006D375B">
+                <w:p w14:paraId="1C9C195F" w14:textId="64D91C5C" w:rsidR="008D4536" w:rsidRPr="00721819" w:rsidRDefault="00564A2E" w:rsidP="008D4536">
                   <w:pPr>
                     <w:spacing w:after="120"/>
                     <w:ind w:left="-108"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="INVESTIDOR_NOME"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput/>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
@@ -823,71 +784,71 @@
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                       <w:noProof/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                   <w:bookmarkEnd w:id="0"/>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="280" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="2B8624C2" w14:textId="77777777" w:rsidR="000F1356" w:rsidRPr="00721819" w:rsidRDefault="000F1356" w:rsidP="006D375B">
+                <w:p w14:paraId="2B8624C2" w14:textId="77777777" w:rsidR="008D4536" w:rsidRPr="00721819" w:rsidRDefault="008D4536" w:rsidP="008D4536">
                   <w:pPr>
                     <w:spacing w:after="120"/>
                     <w:ind w:left="-108"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2820" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="543CF8BF" w14:textId="7ED8BEB4" w:rsidR="000F1356" w:rsidRPr="00721819" w:rsidRDefault="00FE0EB9" w:rsidP="006D375B">
+                <w:p w14:paraId="543CF8BF" w14:textId="1BCB1804" w:rsidR="008D4536" w:rsidRPr="00721819" w:rsidRDefault="00564A2E" w:rsidP="008D4536">
                   <w:pPr>
                     <w:spacing w:after="120"/>
                     <w:ind w:left="-108"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="INVESTIDOR_CPF_CNPJ"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput>
                           <w:maxLength w:val="20"/>
                         </w:textInput>
                       </w:ffData>
@@ -961,129 +922,129 @@
                     <w:t> </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                       <w:noProof/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                   <w:bookmarkEnd w:id="1"/>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00527BD3" w:rsidRPr="00721819" w14:paraId="757C3E98" w14:textId="77777777">
+            <w:tr w:rsidR="008D4536" w:rsidRPr="00721819" w14:paraId="757C3E98" w14:textId="77777777">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6780" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="5FE2F996" w14:textId="27D97EEC" w:rsidR="00527BD3" w:rsidRPr="00721819" w:rsidRDefault="00527BD3" w:rsidP="006D375B">
+                <w:p w14:paraId="5FE2F996" w14:textId="27D97EEC" w:rsidR="008D4536" w:rsidRPr="00721819" w:rsidRDefault="008D4536" w:rsidP="008D4536">
                   <w:pPr>
                     <w:spacing w:after="120"/>
                     <w:ind w:left="-108"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                   <w:bookmarkStart w:id="2" w:name="_Hlk130410120"/>
                   <w:r w:rsidRPr="006E0E93">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                       <w:spacing w:val="-6"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>Co-Investidor (exclusivo para conta conjunta de Pessoa Física)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="280" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="218DE98D" w14:textId="77777777" w:rsidR="00527BD3" w:rsidRPr="00721819" w:rsidRDefault="00527BD3" w:rsidP="006D375B">
+                <w:p w14:paraId="218DE98D" w14:textId="77777777" w:rsidR="008D4536" w:rsidRPr="00721819" w:rsidRDefault="008D4536" w:rsidP="008D4536">
                   <w:pPr>
                     <w:spacing w:after="120"/>
                     <w:ind w:left="-108"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2820" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="5C459BF0" w14:textId="153B7FC4" w:rsidR="00527BD3" w:rsidRPr="00721819" w:rsidRDefault="00527BD3" w:rsidP="006D375B">
+                <w:p w14:paraId="5C459BF0" w14:textId="153B7FC4" w:rsidR="008D4536" w:rsidRPr="00721819" w:rsidRDefault="008D4536" w:rsidP="008D4536">
                   <w:pPr>
                     <w:spacing w:after="120"/>
                     <w:ind w:left="-108"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00721819">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>Inscrito no CPF sob o nº</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00527BD3" w:rsidRPr="00721819" w14:paraId="14D157C0" w14:textId="77777777">
+            <w:tr w:rsidR="008D4536" w:rsidRPr="00721819" w14:paraId="14D157C0" w14:textId="77777777">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6780" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="3A7A4973" w14:textId="2EF9B562" w:rsidR="00527BD3" w:rsidRPr="00721819" w:rsidRDefault="00FE0EB9" w:rsidP="006D375B">
+                <w:p w14:paraId="3A7A4973" w14:textId="7B1619D5" w:rsidR="008D4536" w:rsidRPr="00721819" w:rsidRDefault="00564A2E" w:rsidP="008D4536">
                   <w:pPr>
                     <w:spacing w:after="120"/>
                     <w:ind w:left="-108"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="COINVESTIDOR_NOME"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput/>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
@@ -1158,71 +1119,71 @@
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                       <w:noProof/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                   <w:bookmarkEnd w:id="3"/>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="280" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="0060A0EA" w14:textId="77777777" w:rsidR="00527BD3" w:rsidRPr="00721819" w:rsidRDefault="00527BD3" w:rsidP="006D375B">
+                <w:p w14:paraId="0060A0EA" w14:textId="77777777" w:rsidR="008D4536" w:rsidRPr="00721819" w:rsidRDefault="008D4536" w:rsidP="008D4536">
                   <w:pPr>
                     <w:spacing w:after="120"/>
                     <w:ind w:left="-108"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2820" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="6" w:space="0" w:color="808080"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="1609E636" w14:textId="42AAA3FB" w:rsidR="00527BD3" w:rsidRPr="00721819" w:rsidRDefault="00FE0EB9" w:rsidP="006D375B">
+                <w:p w14:paraId="1609E636" w14:textId="731C3593" w:rsidR="008D4536" w:rsidRPr="00721819" w:rsidRDefault="00564A2E" w:rsidP="008D4536">
                   <w:pPr>
                     <w:spacing w:after="120"/>
                     <w:ind w:left="-108"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="COINVESTIDOR_CPF"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput>
                           <w:maxLength w:val="20"/>
                         </w:textInput>
                       </w:ffData>
@@ -1298,1228 +1259,1473 @@
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                       <w:noProof/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                   <w:bookmarkEnd w:id="4"/>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:bookmarkEnd w:id="2"/>
-          <w:p w14:paraId="250ECEF9" w14:textId="77777777" w:rsidR="002F5312" w:rsidRDefault="002F5312" w:rsidP="002F5312">
-[...809 lines deleted...]
-          <w:p w14:paraId="4694EDEA" w14:textId="77777777" w:rsidR="00525BD1" w:rsidRDefault="002F5312" w:rsidP="002F5312">
+          <w:p w14:paraId="0ACC2B48" w14:textId="1062586C" w:rsidR="008D4536" w:rsidRPr="006D375B" w:rsidRDefault="008D4536" w:rsidP="008D4536">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="702"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
-[...2 lines deleted...]
-                <w:lang w:val=""/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D375B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Venho, pelo presente termo, manifestar adesão ao Fundo, atestando que:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D375B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="00B050"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E9F5CC4" w14:textId="77777777" w:rsidR="008D4536" w:rsidRDefault="008D4536" w:rsidP="008D4536">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="34"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="702"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="120"/>
+              <w:ind w:left="0" w:hanging="33"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D375B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Estou ciente de que</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38489B8B" w14:textId="6A48D000" w:rsidR="008D4536" w:rsidRDefault="008D4536" w:rsidP="008D4536">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="34"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="702"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">O </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D375B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fundo é administrado pela </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val=""/>
-[...1 lines deleted...]
-              <w:t>O FUNDO PODE ESTAR EXPOSTO A SIGNIFICATIVA CONCENTRAÇÃO EM ATIVOS FINANCEIROS DE POUCOS EMISSORES, COM OS RISCOS DAÍ DECORRENTES.</w:t>
+              </w:rPr>
+              <w:t>BTG PACTUAL SERVICOS FINANCEIROS S/A DTVM</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D375B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, inscrita no CNPJ sob o nº </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>59.281.253/0001-23</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D375B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> e gerido pelo </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>EMPIRICUS ASSET MANAGEMENT LTDA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D375B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, inscrito no CNPJ sob o nº </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>06.195.084/0001-42</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D375B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1850E893" w14:textId="77777777" w:rsidR="00731A2E" w:rsidRDefault="00731A2E" w:rsidP="002F5312">
+          <w:p w14:paraId="792F5349" w14:textId="3032C4B7" w:rsidR="008D4536" w:rsidRPr="006D375B" w:rsidRDefault="008D4536" w:rsidP="008D4536">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="34"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="702"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>O</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D375B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> recebimento de todas as informações e documentos relacionados ao Fundo que tenham que ser disponibilizados será feito através do e-mail cadastrado por mim junto ao Administrador, sendo de minha responsabilidade a atualização </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006D375B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>do mesmo</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006D375B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E709E7F" w14:textId="7A260A61" w:rsidR="008D4536" w:rsidRDefault="008D4536" w:rsidP="008D4536">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="34"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="702"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>N</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D375B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ão há garantia contra eventuais perdas patrimoniais que possam ser incorridas;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37D22FE1" w14:textId="1DF11B33" w:rsidR="008D4536" w:rsidRDefault="008D4536" w:rsidP="008D4536">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="34"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="702"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>O</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00891377">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>s recursos utilizados na integralização das cotas não serão oriundos de práticas consideradas como crimes previstos na legislação relativa à política de prevenção e combate à lavagem de dinheiro</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="597F38C5" w14:textId="28AA22CE" w:rsidR="008D4536" w:rsidRDefault="008D4536" w:rsidP="008D4536">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="34"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="702"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00617C84">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>o dever de confidencialidade</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> no</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00617C84">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tocante aos estudos e análises de investimento elaborados pelo Gestor ou Administrador em relação ao Fundo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B699605" w14:textId="714C607B" w:rsidR="008D4536" w:rsidRDefault="008D4536" w:rsidP="008D4536">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="34"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="702"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="120"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072368D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Nos termos da Lei 13</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0072368D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>709</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/18 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0072368D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00836E93">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>LGPD</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0072368D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00836E93">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>e/ou da Lei Complementar 105</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00836E93">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>01 (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00836E93">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Lei do Sigilo Bancário</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00836E93">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0072368D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, autorizo que os meus dados pessoais e/ou relacionados às posições por mim detidas sejam compartilhados com o gestor, enquanto prestador de serviço essencial</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36693CAA" w14:textId="685C8EB4" w:rsidR="008D4536" w:rsidRDefault="008D4536" w:rsidP="008D4536">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="34"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="702"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="120"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00617C84">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Responsabilizo-me pela veracidade das minhas declarações aqui prestadas, bem como por ressarcir </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ao Administrador </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00617C84">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>de quaisquer prejuízos (incluindo perdas e danos) decorrentes de falsidade, inexatidão ou imprecisão</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BD27309" w14:textId="317A3839" w:rsidR="008D4536" w:rsidRPr="00672DE7" w:rsidRDefault="008D4536" w:rsidP="008D4536">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="34"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="702"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="120"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ti</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F363A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ve acesso ao exemplar do regulamento do Fundo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> e anexo da Classe</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F363A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, estando ciente e tendo plenamente aceitado e concordado com todos os</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> seus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F363A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> termos e condições</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7CCA3C8B" w14:textId="530EB3F9" w:rsidR="008D4536" w:rsidRDefault="008D4536" w:rsidP="008D4536">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="34"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="702"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="120"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D375B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Concordo com o não recebimento de extrato do </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>F</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D375B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>undo;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09C23BFC" w14:textId="6CF254EE" w:rsidR="008D4536" w:rsidRPr="006D375B" w:rsidRDefault="008D4536" w:rsidP="008D4536">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="34"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="702"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="120"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D375B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Compreendo a extensão dos riscos do </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>F</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D375B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>undo, sendo certo que seus principais riscos são</w:t>
+            </w:r>
+            <w:r w:rsidR="008A04D4" w:rsidRPr="006D375B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C12BD4B" w14:textId="085545FC" w:rsidR="00083E81" w:rsidRPr="00083E81" w:rsidRDefault="005E52A8" w:rsidP="008A04D4">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="2"/>
+                <w:numId w:val="38"/>
+              </w:numPr>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>Risco de Mercado</w:t>
+            </w:r>
+            <w:r w:rsidR="008A04D4" w:rsidRPr="00EC4FF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="008A04D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>Os ativos componentes da carteira da classe de cotas, inclusive os títulos públicos, estão sujeitos a oscilações nos seus preços em função da reação dos mercados frente a notícias econômicas e políticas, tanto no Brasil como no exterior, podendo ainda responder a notícias específicas a respeito dos emissores dos títulos representativos dos ativos da classe de cotas. As variações de preços dos ativos poderão ocorrer também em função de alterações nas expectativas dos participantes do mercado, podendo inclusive ocorrer mudanças nos padrões de comportamento de preços dos ativos sem que haja mudanças significativas no contexto econômico e/ou político nacional e internacional;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04B14EB6" w14:textId="3230FFE7" w:rsidR="005E52A8" w:rsidRPr="005E52A8" w:rsidRDefault="005E52A8" w:rsidP="005E52A8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="2"/>
+                <w:numId w:val="38"/>
+              </w:numPr>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>Risco de Mercado Externo</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EC4FF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>Os preços dos ativos financeiros negociados no exterior podem ser impactados por requisitos legais, tributários e riscos cambiais. Atrasos na transferência de juros, dividendos e ganhos de capital podem afetar a liquidez e o desempenho da classe. As operações podem ocorrer em bolsas e sistemas de diferentes países, que estão sujeitos a regulamentações variáveis, sem garantias sobre a integridade das operações ou igualdade de acesso aos mercados. Os investimentos no exterior enfrentam riscos como instabilidade política e econômica, imprevisibilidade do comércio, ações governamentais (expropriação e nacionalização), controles de câmbio, volatilidade de preços, impostos sobre ganhos e flutuação das taxas de câmbio;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BC2A3DA" w14:textId="5B8D6B9B" w:rsidR="005E52A8" w:rsidRPr="00083E81" w:rsidRDefault="005E52A8" w:rsidP="005E52A8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="2"/>
+                <w:numId w:val="38"/>
+              </w:numPr>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>Risco Cambial</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EC4FF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>O cenário político, bem como as condições socioeconômicas nacionais e internacionais, pode afetar o mercado financeiro resultando em alterações significativas nos preços de moedas estrangeiras ou no cupom cambial. Tais variações podem afetar negativamente o desempenho da classe de cotas;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E3436D7" w14:textId="19ACA9DE" w:rsidR="005E52A8" w:rsidRPr="00083E81" w:rsidRDefault="005E52A8" w:rsidP="005E52A8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="2"/>
+                <w:numId w:val="38"/>
+              </w:numPr>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>Risco de Crédito</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EC4FF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>Os títulos públicos e/ou privados de dívida na carteira da classe de cotas dependem da capacidade dos seus emissores e contrapartes em honrar os pagamentos de juros e principal. Mudanças nas condições financeiras dos emissores ou na percepção dos investidores, bem como alterações econômicas e políticas, podem impactar significativamente os preços e a liquidez desses ativos. A percepção da qualidade de crédito, mesmo sem fundamentos, pode afetar ainda mais os preços e a liquidez dos títulos. Além disso, a classe de cotas pode incorrer em risco de crédito na liquidação de operações realizadas por corretoras e distribuidoras de valores mobiliários. Se algum emissor ou contraparte enfrentar dificuldades financeiras, a classe de cotas poderá sofrer perdas e custos para recuperar seus créditos;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B544AB4" w14:textId="4354784A" w:rsidR="005E52A8" w:rsidRPr="005E52A8" w:rsidRDefault="005E52A8" w:rsidP="005E52A8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="2"/>
+                <w:numId w:val="38"/>
+              </w:numPr>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>Riscos Índice de Preços</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EC4FF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>Os ativos da carteira da classe de cotas e/ou da carteira das classes investidas estão sujeitos às oscilações nos preços de ativos pós-fixados atrelados a índices que medem a inflação no país. As variações dos índices de preços poderão ocorrer também em função de alterações nas expectativas dos participantes do mercado, podendo inclusive ocorrer mudanças nos padrões de comportamento de preços dos ativos, ocorrendo ou não, mudanças significativas no contexto econômico e/ou político nacional e internacional;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D6300E8" w14:textId="52AE5E00" w:rsidR="008A04D4" w:rsidRPr="008A04D4" w:rsidRDefault="008D4536" w:rsidP="008A04D4">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="34"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="702"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D375B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Estou ciente </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>que a relação completa dos</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D375B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> fatores de risco</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> aplicáveis ao Fundo está disponível no regulamento do Fundo, sendo que tais fatores de risco poderão</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D375B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> sofrer alterações circunstanciais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D375B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">tal como indicado </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D375B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>no regulamento do Fundo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65FF3811" w14:textId="6C69C932" w:rsidR="008D4536" w:rsidRPr="00720B3A" w:rsidRDefault="008A04D4" w:rsidP="008D4536">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="702"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidR="008D4536" w:rsidRPr="006D375B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>O FUNDO PODE ESTAR EXPOSTO A SIGNIFICATIVA CONCENTRAÇÃO EM ATIVOS FINANCEIROS DE POUCOS EMISSORES, COM OS RISCOS DAÍ DECORRENTES.</w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="0AC01D33" w14:textId="77777777" w:rsidR="00944C2B" w:rsidRDefault="00944C2B" w:rsidP="002F5312">
+          <w:p w14:paraId="5DBA7C79" w14:textId="5E903B34" w:rsidR="00F0074E" w:rsidRPr="00721819" w:rsidRDefault="00F0074E" w:rsidP="00F0074E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="702"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5DC6CBCC" w14:textId="77777777" w:rsidR="00944C2B" w:rsidRDefault="00944C2B" w:rsidP="002F5312">
-[...142 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00675F41" w:rsidRPr="00EA2160" w14:paraId="2EC5F328" w14:textId="77777777" w:rsidTr="00CE39DD">
+      <w:tr w:rsidR="008D4536" w:rsidRPr="00EA2160" w14:paraId="2EC5F328" w14:textId="77777777" w:rsidTr="00CE39DD">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="142" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="003366"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="003366"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5BD05ECD" w14:textId="77777777" w:rsidR="00B704E2" w:rsidRPr="00EA2160" w:rsidRDefault="00B704E2" w:rsidP="006D375B">
+          <w:p w14:paraId="5BD05ECD" w14:textId="77777777" w:rsidR="008D4536" w:rsidRPr="00EA2160" w:rsidRDefault="008D4536" w:rsidP="00581E69">
             <w:pPr>
               <w:pStyle w:val="UBSHeadline18pt"/>
+              <w:keepNext/>
+              <w:keepLines/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
               </w:tabs>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-108"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4426" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="003366"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="63D1BD7B" w14:textId="77777777" w:rsidR="00B704E2" w:rsidRPr="00EA2160" w:rsidRDefault="00B704E2" w:rsidP="006D375B">
+          <w:p w14:paraId="63D1BD7B" w14:textId="77777777" w:rsidR="008D4536" w:rsidRPr="00EA2160" w:rsidRDefault="008D4536" w:rsidP="00581E69">
             <w:pPr>
               <w:pStyle w:val="UBSHeadline18pt"/>
+              <w:keepNext/>
+              <w:keepLines/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
               </w:tabs>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-108"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="003366"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="005EFDD1" w14:textId="77777777" w:rsidR="00B704E2" w:rsidRPr="00EA2160" w:rsidRDefault="00B704E2" w:rsidP="006D375B">
+          <w:p w14:paraId="005EFDD1" w14:textId="77777777" w:rsidR="008D4536" w:rsidRPr="00EA2160" w:rsidRDefault="008D4536" w:rsidP="008D4536">
             <w:pPr>
               <w:pStyle w:val="UBSHeadline18pt"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
               </w:tabs>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-108"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="003366"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="003366"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="573BDE24" w14:textId="77777777" w:rsidR="00B704E2" w:rsidRPr="00EA2160" w:rsidRDefault="00B704E2" w:rsidP="006D375B">
+          <w:p w14:paraId="573BDE24" w14:textId="77777777" w:rsidR="008D4536" w:rsidRPr="00EA2160" w:rsidRDefault="008D4536" w:rsidP="008D4536">
             <w:pPr>
               <w:pStyle w:val="UBSHeadline18pt"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
               </w:tabs>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-108"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00675F41" w:rsidRPr="00EA2160" w14:paraId="6E7D9E76" w14:textId="77777777" w:rsidTr="00CE39DD">
+      <w:tr w:rsidR="008D4536" w:rsidRPr="00EA2160" w14:paraId="6E7D9E76" w14:textId="77777777" w:rsidTr="00CE39DD">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="142" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="003366"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7B0E12DB" w14:textId="77777777" w:rsidR="00B704E2" w:rsidRPr="00EA2160" w:rsidRDefault="00B704E2" w:rsidP="006D375B">
+          <w:p w14:paraId="7B0E12DB" w14:textId="77777777" w:rsidR="008D4536" w:rsidRPr="00EA2160" w:rsidRDefault="008D4536" w:rsidP="00581E69">
             <w:pPr>
               <w:pStyle w:val="UBSHeadline18pt"/>
+              <w:keepNext/>
+              <w:keepLines/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
               </w:tabs>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:caps/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="65F646C7" w14:textId="77777777" w:rsidR="00B704E2" w:rsidRPr="00EA2160" w:rsidRDefault="00B704E2" w:rsidP="006D375B">
+          <w:p w14:paraId="65F646C7" w14:textId="77777777" w:rsidR="008D4536" w:rsidRPr="00EA2160" w:rsidRDefault="008D4536" w:rsidP="00581E69">
             <w:pPr>
               <w:pStyle w:val="UBSHeadline18pt"/>
+              <w:keepNext/>
+              <w:keepLines/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
               </w:tabs>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:caps/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA2160">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:caps/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>L</w:t>
             </w:r>
             <w:r w:rsidRPr="00EA2160">
@@ -2542,83 +2748,85 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EA2160">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>e Data</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7969" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="777777"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="003366"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="34063DCD" w14:textId="0EF528E6" w:rsidR="00B704E2" w:rsidRPr="00EA2160" w:rsidRDefault="002F6F39" w:rsidP="006D375B">
+          <w:p w14:paraId="34063DCD" w14:textId="5A2F359F" w:rsidR="008D4536" w:rsidRPr="00EA2160" w:rsidRDefault="00564A2E" w:rsidP="00581E69">
             <w:pPr>
               <w:pStyle w:val="UBSHeadline18pt"/>
+              <w:keepNext/>
+              <w:keepLines/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
               </w:tabs>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:caps/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="LOCAL_E_DATA"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="7" w:name="LOCAL_E_DATA"/>
+            <w:bookmarkStart w:id="5" w:name="LOCAL_E_DATA"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -2651,777 +2859,331 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="7"/>
+            <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00675F41" w:rsidRPr="00EA2160" w14:paraId="3F32CF4A" w14:textId="77777777" w:rsidTr="00CE39DD">
+      <w:tr w:rsidR="008D4536" w:rsidRPr="00EA2160" w14:paraId="3F32CF4A" w14:textId="77777777" w:rsidTr="00CE39DD">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="142" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="003366"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="64350F86" w14:textId="77777777" w:rsidR="00B704E2" w:rsidRPr="00EA2160" w:rsidRDefault="00B704E2" w:rsidP="006D375B">
+          <w:p w14:paraId="64350F86" w14:textId="77777777" w:rsidR="008D4536" w:rsidRPr="00EA2160" w:rsidRDefault="008D4536" w:rsidP="00581E69">
             <w:pPr>
               <w:pStyle w:val="UBSHeadline18pt"/>
+              <w:keepNext/>
+              <w:keepLines/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
               </w:tabs>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-108"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4426" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="62A16EDB" w14:textId="77777777" w:rsidR="00B704E2" w:rsidRPr="00EA2160" w:rsidRDefault="00B704E2" w:rsidP="006D375B">
+          <w:p w14:paraId="62A16EDB" w14:textId="77777777" w:rsidR="008D4536" w:rsidRPr="00EA2160" w:rsidRDefault="008D4536" w:rsidP="00581E69">
             <w:pPr>
               <w:pStyle w:val="UBSHeadline18pt"/>
+              <w:keepNext/>
+              <w:keepLines/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
               </w:tabs>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-108"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:caps/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6626A5F7" w14:textId="77777777" w:rsidR="00B704E2" w:rsidRPr="00EA2160" w:rsidRDefault="00B704E2" w:rsidP="006D375B">
+          <w:p w14:paraId="6626A5F7" w14:textId="77777777" w:rsidR="008D4536" w:rsidRPr="00EA2160" w:rsidRDefault="008D4536" w:rsidP="008D4536">
             <w:pPr>
               <w:pStyle w:val="UBSHeadline18pt"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
               </w:tabs>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-108"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:caps/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="003366"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="73B9EFD6" w14:textId="77777777" w:rsidR="00B704E2" w:rsidRPr="00EA2160" w:rsidRDefault="00B704E2" w:rsidP="006D375B">
+          <w:p w14:paraId="73B9EFD6" w14:textId="77777777" w:rsidR="008D4536" w:rsidRPr="00EA2160" w:rsidRDefault="008D4536" w:rsidP="008D4536">
             <w:pPr>
               <w:pStyle w:val="UBSHeadline18pt"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
               </w:tabs>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-108"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:caps/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00675F41" w:rsidRPr="00EA2160" w14:paraId="1FE7C7D3" w14:textId="77777777" w:rsidTr="00CE39DD">
+      <w:tr w:rsidR="008D4536" w:rsidRPr="00EA2160" w14:paraId="1B6E3287" w14:textId="77777777" w:rsidTr="00CE39DD">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="142" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="003366"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1B472F1D" w14:textId="77777777" w:rsidR="00B704E2" w:rsidRPr="00EA2160" w:rsidRDefault="00B704E2" w:rsidP="006D375B">
+          <w:p w14:paraId="327B6778" w14:textId="77777777" w:rsidR="008D4536" w:rsidRPr="00EA2160" w:rsidRDefault="008D4536" w:rsidP="00581E69">
             <w:pPr>
               <w:pStyle w:val="UBSHeadline18pt"/>
+              <w:keepNext/>
+              <w:keepLines/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
               </w:tabs>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-108"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4426" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="14E72E39" w14:textId="77777777" w:rsidR="00B704E2" w:rsidRPr="00EA2160" w:rsidRDefault="00B704E2" w:rsidP="006D375B">
+          <w:p w14:paraId="433D3F3C" w14:textId="77777777" w:rsidR="008D4536" w:rsidRPr="00EA2160" w:rsidRDefault="008D4536" w:rsidP="00581E69">
             <w:pPr>
               <w:pStyle w:val="UBSHeadline18pt"/>
+              <w:keepNext/>
+              <w:keepLines/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
               </w:tabs>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-108"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:caps/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03E50D83" w14:textId="77777777" w:rsidR="00B704E2" w:rsidRPr="00EA2160" w:rsidRDefault="00B704E2" w:rsidP="006D375B">
+          <w:p w14:paraId="1FAFB611" w14:textId="77777777" w:rsidR="008D4536" w:rsidRPr="00EA2160" w:rsidRDefault="008D4536" w:rsidP="008D4536">
             <w:pPr>
               <w:pStyle w:val="UBSHeadline18pt"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
               </w:tabs>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-108"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:caps/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="003366"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0544150A" w14:textId="77777777" w:rsidR="00B704E2" w:rsidRPr="00EA2160" w:rsidRDefault="00B704E2" w:rsidP="006D375B">
+          <w:p w14:paraId="32E878C7" w14:textId="77777777" w:rsidR="008D4536" w:rsidRPr="00EA2160" w:rsidRDefault="008D4536" w:rsidP="008D4536">
             <w:pPr>
               <w:pStyle w:val="UBSHeadline18pt"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
               </w:tabs>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-108"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:caps/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00675F41" w:rsidRPr="00EA2160" w14:paraId="0C450646" w14:textId="77777777" w:rsidTr="00CE39DD">
+      <w:tr w:rsidR="008D4536" w:rsidRPr="00EA2160" w14:paraId="14436940" w14:textId="77777777" w:rsidTr="00CE39DD">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="142" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="003366"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="19E99D0E" w14:textId="77777777" w:rsidR="00B704E2" w:rsidRPr="00EA2160" w:rsidRDefault="00B704E2" w:rsidP="006D375B">
+          <w:p w14:paraId="6D951C6A" w14:textId="1941F9A0" w:rsidR="008D4536" w:rsidRPr="00EA2160" w:rsidRDefault="008D4536" w:rsidP="00581E69">
             <w:pPr>
               <w:pStyle w:val="UBSHeadline18pt"/>
+              <w:keepNext/>
+              <w:keepLines/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
               </w:tabs>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-108"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...454 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="503EB24C" wp14:editId="1FC30FCD">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="503EB24C" wp14:editId="1FC30FCD">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>39370</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>174625</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="261620" cy="200025"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
                       <wp:docPr id="2" name="Arrow: Right 2"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr>
                               <a:spLocks noChangeArrowheads="1"/>
                             </wps:cNvSpPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="261620" cy="200025"/>
                               </a:xfrm>
@@ -3433,104 +3195,106 @@
                               </a:prstGeom>
                               <a:solidFill>
                                 <a:srgbClr val="3383FF"/>
                               </a:solidFill>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </wps:spPr>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shapetype w14:anchorId="1842F6A1" id="_x0000_t13" coordsize="21600,21600" o:spt="13" adj="16200,5400" path="m@0,l@0@1,0@1,0@2@0@2@0,21600,21600,10800xe">
+                    <v:shapetype w14:anchorId="31E71C8E" id="_x0000_t13" coordsize="21600,21600" o:spt="13" adj="16200,5400" path="m@0,l@0@1,0@1,0@2@0@2@0,21600,21600,10800xe">
                       <v:stroke joinstyle="miter"/>
                       <v:formulas>
                         <v:f eqn="val #0"/>
                         <v:f eqn="val #1"/>
                         <v:f eqn="sum height 0 #1"/>
                         <v:f eqn="sum 10800 0 #1"/>
                         <v:f eqn="sum width 0 #0"/>
                         <v:f eqn="prod @4 @3 10800"/>
                         <v:f eqn="sum width 0 @5"/>
                       </v:formulas>
                       <v:path o:connecttype="custom" o:connectlocs="@0,0;0,10800;@0,21600;21600,10800" o:connectangles="270,180,90,0" textboxrect="0,@1,@6,@2"/>
                       <v:handles>
                         <v:h position="#0,#1" xrange="0,21600" yrange="0,10800"/>
                       </v:handles>
                     </v:shapetype>
-                    <v:shape id="Arrow: Right 2" o:spid="_x0000_s1026" type="#_x0000_t13" style="position:absolute;margin-left:3.1pt;margin-top:13.75pt;width:20.6pt;height:15.75pt;z-index:251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF 90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA 0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893 SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY 22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA IQC3PLxXDgIAAAsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/07RptnSjpqtVV0VI y0Va+ADXcS7geMzYbVq+nrGTlgjeEC+WxzNz5syZ8ebh3Gl2UuhaMAVfzOacKSOhbE1d8K9f9m/W nDkvTCk0GFXwi3L8Yfv61aa3uUqhAV0qZARiXN7bgjfe2zxJnGxUJ9wMrDLkrAA74cnEOilR9ITe 6SSdz1dJD1haBKmco9enwcm3Eb+qlPSfqsopz3TBiZuPJ8bzEM5kuxF5jcI2rRxpiH9g0YnWUNEb 1JPwgh2x/QuqayWCg8rPJHQJVFUrVeyBulnM/+jmpRFWxV5IHGdvMrn/Bys/nl7sZwzUnX0G+d0x A7tGmFo9IkLfKFFSuUUQKumty28JwXCUyg79ByhptOLoIWpwrrALgNQdO0epLzep1dkzSY/parFK aSCSXDTHeXoXK4j8mmzR+XcKOhYuBce2bnxkFEuI07PzUe+SGdGF6uW3BWdVp2l8J6FZdr/OluN4 JzHpNGaVpmk21h0RE5FfK0dNQLflvtU6GlgfdhoZwRd8uVwv9/sx2U3DtAnBBkJaUE3k4SWKF/QK q+nyA5QX0g5h2Ej6QXRpAH9y1tM2Ftz9OApUnOn3hvS/X2RZWN9oZHdvg3Q49RymHmEkQRXcczZc d35Y+aONOoZ5DhwfaWZV66/DHViNZGnjIvvxd4SVntox6vcf3v4CAAD//wMAUEsDBBQABgAIAAAA IQCZ/Eko3AAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI5BS8NAEIXvgv9hGcGL2I2xaTVmUqRg DyqCbfE8zY5JMDsbsps2/nvXkx4f7/G9r1hNtlNHHnzrBOFmloBiqZxppUbY756u70D5QGKoc8II 3+xhVZ6fFZQbd5J3Pm5DrSJEfE4ITQh9rrWvGrbkZ65nid2nGyyFGIdam4FOEW47nSbJQltqJT40 1PO64eprO1qE9Yur+442m7dXFv18a6+yDz0iXl5Mjw+gAk/hbwy/+lEdyuh0cKMYrzqERRqHCOky AxXr+XIO6oCQ3Segy0L/1y9/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALc8vFcOAgAA CwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJn8SSjc AAAABgEAAA8AAAAAAAAAAAAAAAAAaAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABx BQAAAAA= " adj="11324,5417" fillcolor="#3383ff" stroked="f"/>
+                    <v:shape id="Arrow: Right 2" o:spid="_x0000_s1026" type="#_x0000_t13" style="position:absolute;margin-left:3.1pt;margin-top:13.75pt;width:20.6pt;height:15.75pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF 90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA 0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893 SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY 22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA IQC3PLxXDgIAAAsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/07RptnSjpqtVV0VI y0Va+ADXcS7geMzYbVq+nrGTlgjeEC+WxzNz5syZ8ebh3Gl2UuhaMAVfzOacKSOhbE1d8K9f9m/W nDkvTCk0GFXwi3L8Yfv61aa3uUqhAV0qZARiXN7bgjfe2zxJnGxUJ9wMrDLkrAA74cnEOilR9ITe 6SSdz1dJD1haBKmco9enwcm3Eb+qlPSfqsopz3TBiZuPJ8bzEM5kuxF5jcI2rRxpiH9g0YnWUNEb 1JPwgh2x/QuqayWCg8rPJHQJVFUrVeyBulnM/+jmpRFWxV5IHGdvMrn/Bys/nl7sZwzUnX0G+d0x A7tGmFo9IkLfKFFSuUUQKumty28JwXCUyg79ByhptOLoIWpwrrALgNQdO0epLzep1dkzSY/parFK aSCSXDTHeXoXK4j8mmzR+XcKOhYuBce2bnxkFEuI07PzUe+SGdGF6uW3BWdVp2l8J6FZdr/OluN4 JzHpNGaVpmk21h0RE5FfK0dNQLflvtU6GlgfdhoZwRd8uVwv9/sx2U3DtAnBBkJaUE3k4SWKF/QK q+nyA5QX0g5h2Ej6QXRpAH9y1tM2Ftz9OApUnOn3hvS/X2RZWN9oZHdvg3Q49RymHmEkQRXcczZc d35Y+aONOoZ5DhwfaWZV66/DHViNZGnjIvvxd4SVntox6vcf3v4CAAD//wMAUEsDBBQABgAIAAAA IQCZ/Eko3AAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI5BS8NAEIXvgv9hGcGL2I2xaTVmUqRg DyqCbfE8zY5JMDsbsps2/nvXkx4f7/G9r1hNtlNHHnzrBOFmloBiqZxppUbY756u70D5QGKoc8II 3+xhVZ6fFZQbd5J3Pm5DrSJEfE4ITQh9rrWvGrbkZ65nid2nGyyFGIdam4FOEW47nSbJQltqJT40 1PO64eprO1qE9Yur+442m7dXFv18a6+yDz0iXl5Mjw+gAk/hbwy/+lEdyuh0cKMYrzqERRqHCOky AxXr+XIO6oCQ3Segy0L/1y9/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALc8vFcOAgAA CwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJn8SSjc AAAABgEAAA8AAAAAAAAAAAAAAAAAaAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABx BQAAAAA= " adj="11324,5417" fillcolor="#3383ff" stroked="f"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4426" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="0C6FF144" w14:textId="1728E014" w:rsidR="00B704E2" w:rsidRPr="00EA2160" w:rsidRDefault="0050329D" w:rsidP="006D375B">
+          <w:p w14:paraId="0C6FF144" w14:textId="1728E014" w:rsidR="008D4536" w:rsidRPr="00EA2160" w:rsidRDefault="008D4536" w:rsidP="00581E69">
             <w:pPr>
               <w:pStyle w:val="UBSHeadline18pt"/>
+              <w:keepNext/>
+              <w:keepLines/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
               </w:tabs>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-108"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:caps/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="57F8988F" wp14:editId="4509770C">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="57F8988F" wp14:editId="4509770C">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>2679065</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>175895</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="261620" cy="200025"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
                       <wp:docPr id="1" name="Arrow: Right 1"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr>
                               <a:spLocks noChangeArrowheads="1"/>
                             </wps:cNvSpPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="261620" cy="200025"/>
                               </a:xfrm>
@@ -3542,860 +3306,862 @@
                               </a:prstGeom>
                               <a:solidFill>
                                 <a:srgbClr val="3383FF"/>
                               </a:solidFill>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </wps:spPr>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="26346C48" id="Arrow: Right 1" o:spid="_x0000_s1026" type="#_x0000_t13" style="position:absolute;margin-left:210.95pt;margin-top:13.85pt;width:20.6pt;height:15.75pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF 90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA 0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893 SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY 22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA IQC3PLxXDgIAAAsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/07RptnSjpqtVV0VI y0Va+ADXcS7geMzYbVq+nrGTlgjeEC+WxzNz5syZ8ebh3Gl2UuhaMAVfzOacKSOhbE1d8K9f9m/W nDkvTCk0GFXwi3L8Yfv61aa3uUqhAV0qZARiXN7bgjfe2zxJnGxUJ9wMrDLkrAA74cnEOilR9ITe 6SSdz1dJD1haBKmco9enwcm3Eb+qlPSfqsopz3TBiZuPJ8bzEM5kuxF5jcI2rRxpiH9g0YnWUNEb 1JPwgh2x/QuqayWCg8rPJHQJVFUrVeyBulnM/+jmpRFWxV5IHGdvMrn/Bys/nl7sZwzUnX0G+d0x A7tGmFo9IkLfKFFSuUUQKumty28JwXCUyg79ByhptOLoIWpwrrALgNQdO0epLzep1dkzSY/parFK aSCSXDTHeXoXK4j8mmzR+XcKOhYuBce2bnxkFEuI07PzUe+SGdGF6uW3BWdVp2l8J6FZdr/OluN4 JzHpNGaVpmk21h0RE5FfK0dNQLflvtU6GlgfdhoZwRd8uVwv9/sx2U3DtAnBBkJaUE3k4SWKF/QK q+nyA5QX0g5h2Ej6QXRpAH9y1tM2Ftz9OApUnOn3hvS/X2RZWN9oZHdvg3Q49RymHmEkQRXcczZc d35Y+aONOoZ5DhwfaWZV66/DHViNZGnjIvvxd4SVntox6vcf3v4CAAD//wMAUEsDBBQABgAIAAAA IQCyNVbf4AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUhsUOskfdEQp0KV 6IIiJFrEehoPSYQ9jmKnDX+PWcFydI/uPVNsRmvEmXrfOlaQThMQxJXTLdcK3o9Pk3sQPiBrNI5J wTd52JTXVwXm2l34jc6HUItYwj5HBU0IXS6lrxqy6KeuI47Zp+sthnj2tdQ9XmK5NTJLkqW02HJc aLCjbUPV12GwCrZ7V3cGd7vXF2L5PLN3iw85KHV7Mz4+gAg0hj8YfvWjOpTR6eQG1l4YBfMsXUdU QbZagYjAfDlLQZwULNYZyLKQ/z8ofwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/ 1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC3PLxX DgIAAAsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCy NVbf4AAAAAkBAAAPAAAAAAAAAAAAAAAAAGgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz AAAAdQUAAAAA " adj="11324,5417" fillcolor="#3383ff" stroked="f"/>
+                    <v:shape w14:anchorId="584DF551" id="Arrow: Right 1" o:spid="_x0000_s1026" type="#_x0000_t13" style="position:absolute;margin-left:210.95pt;margin-top:13.85pt;width:20.6pt;height:15.75pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF 90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA 0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893 SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY 22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA IQC3PLxXDgIAAAsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/07RptnSjpqtVV0VI y0Va+ADXcS7geMzYbVq+nrGTlgjeEC+WxzNz5syZ8ebh3Gl2UuhaMAVfzOacKSOhbE1d8K9f9m/W nDkvTCk0GFXwi3L8Yfv61aa3uUqhAV0qZARiXN7bgjfe2zxJnGxUJ9wMrDLkrAA74cnEOilR9ITe 6SSdz1dJD1haBKmco9enwcm3Eb+qlPSfqsopz3TBiZuPJ8bzEM5kuxF5jcI2rRxpiH9g0YnWUNEb 1JPwgh2x/QuqayWCg8rPJHQJVFUrVeyBulnM/+jmpRFWxV5IHGdvMrn/Bys/nl7sZwzUnX0G+d0x A7tGmFo9IkLfKFFSuUUQKumty28JwXCUyg79ByhptOLoIWpwrrALgNQdO0epLzep1dkzSY/parFK aSCSXDTHeXoXK4j8mmzR+XcKOhYuBce2bnxkFEuI07PzUe+SGdGF6uW3BWdVp2l8J6FZdr/OluN4 JzHpNGaVpmk21h0RE5FfK0dNQLflvtU6GlgfdhoZwRd8uVwv9/sx2U3DtAnBBkJaUE3k4SWKF/QK q+nyA5QX0g5h2Ej6QXRpAH9y1tM2Ftz9OApUnOn3hvS/X2RZWN9oZHdvg3Q49RymHmEkQRXcczZc d35Y+aONOoZ5DhwfaWZV66/DHViNZGnjIvvxd4SVntox6vcf3v4CAAD//wMAUEsDBBQABgAIAAAA IQCyNVbf4AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUhsUOskfdEQp0KV 6IIiJFrEehoPSYQ9jmKnDX+PWcFydI/uPVNsRmvEmXrfOlaQThMQxJXTLdcK3o9Pk3sQPiBrNI5J wTd52JTXVwXm2l34jc6HUItYwj5HBU0IXS6lrxqy6KeuI47Zp+sthnj2tdQ9XmK5NTJLkqW02HJc aLCjbUPV12GwCrZ7V3cGd7vXF2L5PLN3iw85KHV7Mz4+gAg0hj8YfvWjOpTR6eQG1l4YBfMsXUdU QbZagYjAfDlLQZwULNYZyLKQ/z8ofwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/ 1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC3PLxX DgIAAAsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCy NVbf4AAAAAkBAAAPAAAAAAAAAAAAAAAAAGgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz AAAAdQUAAAAA " adj="11324,5417" fillcolor="#3383ff" stroked="f"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D8780C4" w14:textId="77777777" w:rsidR="00B704E2" w:rsidRPr="00EA2160" w:rsidRDefault="00B704E2" w:rsidP="006D375B">
+          <w:p w14:paraId="3D8780C4" w14:textId="77777777" w:rsidR="008D4536" w:rsidRPr="00EA2160" w:rsidRDefault="008D4536" w:rsidP="008D4536">
             <w:pPr>
               <w:pStyle w:val="UBSHeadline18pt"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
               </w:tabs>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-108"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:caps/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="003366"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1263A87C" w14:textId="77777777" w:rsidR="00B704E2" w:rsidRPr="00EA2160" w:rsidRDefault="00B704E2" w:rsidP="006D375B">
+          <w:p w14:paraId="1263A87C" w14:textId="77777777" w:rsidR="008D4536" w:rsidRPr="00EA2160" w:rsidRDefault="008D4536" w:rsidP="008D4536">
             <w:pPr>
               <w:pStyle w:val="UBSHeadline18pt"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
               </w:tabs>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-108"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:caps/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00675F41" w:rsidRPr="00EA2160" w14:paraId="11FC9214" w14:textId="77777777" w:rsidTr="00CE39DD">
+      <w:tr w:rsidR="008D4536" w:rsidRPr="00EA2160" w14:paraId="11FC9214" w14:textId="77777777" w:rsidTr="00CE39DD">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="142" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="003366"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="79298BAC" w14:textId="02472B8E" w:rsidR="00B704E2" w:rsidRPr="00EA2160" w:rsidRDefault="00B704E2" w:rsidP="006D375B">
+          <w:p w14:paraId="79298BAC" w14:textId="02472B8E" w:rsidR="008D4536" w:rsidRPr="00EA2160" w:rsidRDefault="008D4536" w:rsidP="00581E69">
             <w:pPr>
               <w:pStyle w:val="UBSHeadline18pt"/>
+              <w:keepNext/>
+              <w:keepLines/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
               </w:tabs>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-108"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4426" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="777777"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="49E03401" w14:textId="667795EC" w:rsidR="00B704E2" w:rsidRPr="00EA2160" w:rsidRDefault="002F6F39" w:rsidP="006D375B">
+          <w:p w14:paraId="49E03401" w14:textId="79CD505D" w:rsidR="008D4536" w:rsidRPr="00EA2160" w:rsidRDefault="00564A2E" w:rsidP="00581E69">
             <w:pPr>
               <w:pStyle w:val="UBSHeadline18pt"/>
+              <w:keepNext/>
+              <w:keepLines/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
               </w:tabs>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-108"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:caps/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="INVESTIDOR_ASSINAT"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="X"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="8" w:name="INVESTIDOR_ASSINAT"/>
+            <w:bookmarkStart w:id="6" w:name="INVESTIDOR_ASSINAT"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="8"/>
+            <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3937E135" w14:textId="77777777" w:rsidR="00B704E2" w:rsidRPr="00EA2160" w:rsidRDefault="00B704E2" w:rsidP="006D375B">
+          <w:p w14:paraId="3937E135" w14:textId="77777777" w:rsidR="008D4536" w:rsidRPr="00EA2160" w:rsidRDefault="008D4536" w:rsidP="008D4536">
             <w:pPr>
               <w:pStyle w:val="UBSHeadline18pt"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
               </w:tabs>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-108"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:caps/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="777777"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="003366"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2FC775BD" w14:textId="45E65F4C" w:rsidR="00B704E2" w:rsidRPr="00EA2160" w:rsidRDefault="002F6F39" w:rsidP="006D375B">
+          <w:p w14:paraId="2FC775BD" w14:textId="030BCAAE" w:rsidR="008D4536" w:rsidRPr="00EA2160" w:rsidRDefault="00564A2E" w:rsidP="008D4536">
             <w:pPr>
               <w:pStyle w:val="UBSHeadline18pt"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
               </w:tabs>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-108"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:caps/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="COINVESTIDOR_ASSINAT"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="X"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="COINVESTIDOR_ASSINAT"/>
+            <w:bookmarkStart w:id="7" w:name="COINVESTIDOR_ASSINAT"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="9"/>
+            <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00675F41" w:rsidRPr="00EA2160" w14:paraId="7E7EECBE" w14:textId="77777777" w:rsidTr="00CE39DD">
+      <w:tr w:rsidR="008D4536" w:rsidRPr="00EA2160" w14:paraId="7E7EECBE" w14:textId="77777777" w:rsidTr="00CE39DD">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="142" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="003366"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="217CC882" w14:textId="24D9422E" w:rsidR="00B704E2" w:rsidRPr="00EA2160" w:rsidRDefault="00B704E2" w:rsidP="006D375B">
+          <w:p w14:paraId="217CC882" w14:textId="24D9422E" w:rsidR="008D4536" w:rsidRPr="00EA2160" w:rsidRDefault="008D4536" w:rsidP="00581E69">
             <w:pPr>
               <w:pStyle w:val="UBSHeadline18pt"/>
+              <w:keepNext/>
+              <w:keepLines/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
               </w:tabs>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-108"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4426" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="777777"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4B24E264" w14:textId="77777777" w:rsidR="00B704E2" w:rsidRPr="00EA2160" w:rsidRDefault="00B704E2" w:rsidP="006D375B">
+          <w:p w14:paraId="4B24E264" w14:textId="77777777" w:rsidR="008D4536" w:rsidRPr="00EA2160" w:rsidRDefault="008D4536" w:rsidP="00581E69">
             <w:pPr>
               <w:pStyle w:val="UBSHeadline18pt"/>
+              <w:keepNext/>
+              <w:keepLines/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
               </w:tabs>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-108"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:caps/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="610DF4E3" w14:textId="77777777" w:rsidR="00B704E2" w:rsidRPr="00EA2160" w:rsidRDefault="00B704E2" w:rsidP="006D375B">
+          <w:p w14:paraId="610DF4E3" w14:textId="77777777" w:rsidR="008D4536" w:rsidRPr="00EA2160" w:rsidRDefault="008D4536" w:rsidP="008D4536">
             <w:pPr>
               <w:pStyle w:val="UBSHeadline18pt"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
               </w:tabs>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-108"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:caps/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="777777"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="003366"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6F788B25" w14:textId="77777777" w:rsidR="00B704E2" w:rsidRPr="00EA2160" w:rsidRDefault="00B704E2" w:rsidP="006D375B">
+          <w:p w14:paraId="6F788B25" w14:textId="77777777" w:rsidR="008D4536" w:rsidRPr="00EA2160" w:rsidRDefault="008D4536" w:rsidP="008D4536">
             <w:pPr>
               <w:pStyle w:val="UBSHeadline18pt"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
               </w:tabs>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-108"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:caps/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00675F41" w:rsidRPr="00EA2160" w14:paraId="73E65BF8" w14:textId="77777777" w:rsidTr="00CE39DD">
+      <w:tr w:rsidR="008D4536" w:rsidRPr="00EA2160" w14:paraId="73E65BF8" w14:textId="77777777" w:rsidTr="00CE39DD">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="142" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="003366"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="664D4136" w14:textId="49DF2D1A" w:rsidR="00B704E2" w:rsidRPr="00EA2160" w:rsidRDefault="00B704E2" w:rsidP="006D375B">
+          <w:p w14:paraId="664D4136" w14:textId="49DF2D1A" w:rsidR="008D4536" w:rsidRPr="00EA2160" w:rsidRDefault="008D4536" w:rsidP="00581E69">
             <w:pPr>
               <w:pStyle w:val="UBSHeadline18pt"/>
+              <w:keepNext/>
+              <w:keepLines/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
               </w:tabs>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-108"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4426" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="3CCBAF20" w14:textId="77777777" w:rsidR="00B704E2" w:rsidRPr="00EA2160" w:rsidRDefault="00B704E2" w:rsidP="006D375B">
+          <w:p w14:paraId="3CCBAF20" w14:textId="77777777" w:rsidR="008D4536" w:rsidRPr="00EA2160" w:rsidRDefault="008D4536" w:rsidP="00581E69">
             <w:pPr>
               <w:pStyle w:val="UBSHeadline18pt"/>
+              <w:keepNext/>
+              <w:keepLines/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
               </w:tabs>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-108"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA2160">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Assinatura do Cliente / Investidor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D0A37CA" w14:textId="77777777" w:rsidR="00B704E2" w:rsidRPr="00EA2160" w:rsidRDefault="00B704E2" w:rsidP="006D375B">
+          <w:p w14:paraId="6D0A37CA" w14:textId="77777777" w:rsidR="008D4536" w:rsidRPr="00EA2160" w:rsidRDefault="008D4536" w:rsidP="008D4536">
             <w:pPr>
               <w:pStyle w:val="UBSHeadline18pt"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
               </w:tabs>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-108"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:caps/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="003366"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3C0B2011" w14:textId="77777777" w:rsidR="00B704E2" w:rsidRPr="00EA2160" w:rsidRDefault="00B704E2" w:rsidP="006D375B">
+          <w:p w14:paraId="3C0B2011" w14:textId="77777777" w:rsidR="008D4536" w:rsidRPr="00EA2160" w:rsidRDefault="008D4536" w:rsidP="008D4536">
             <w:pPr>
               <w:pStyle w:val="UBSHeadline18pt"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
               </w:tabs>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-108"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA2160">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Assinatura do Co-Investidor</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="11DA045F" w14:textId="77777777" w:rsidR="00B704E2" w:rsidRPr="00EA2160" w:rsidRDefault="00B704E2" w:rsidP="006D375B">
+          <w:p w14:paraId="11DA045F" w14:textId="77777777" w:rsidR="008D4536" w:rsidRPr="00EA2160" w:rsidRDefault="008D4536" w:rsidP="008D4536">
             <w:pPr>
               <w:pStyle w:val="UBSHeadline18pt"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
               </w:tabs>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-108"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA2160">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(Exclusivo para conta conjunta de Pessoa Física)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00675F41" w:rsidRPr="00EA2160" w14:paraId="4E98AB84" w14:textId="77777777" w:rsidTr="00CE39DD">
+      <w:tr w:rsidR="008D4536" w:rsidRPr="00EA2160" w14:paraId="4E98AB84" w14:textId="77777777" w:rsidTr="00CE39DD">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="142" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="003366"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="003366"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6763206B" w14:textId="77777777" w:rsidR="00B704E2" w:rsidRPr="00EA2160" w:rsidRDefault="00B704E2" w:rsidP="006D375B">
+          <w:p w14:paraId="6763206B" w14:textId="77777777" w:rsidR="008D4536" w:rsidRPr="00EA2160" w:rsidRDefault="008D4536" w:rsidP="00581E69">
             <w:pPr>
               <w:pStyle w:val="UBSHeadline18pt"/>
+              <w:keepNext/>
+              <w:keepLines/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
               </w:tabs>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-108"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:caps/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA2160">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4426" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="003366"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="60DF954A" w14:textId="77777777" w:rsidR="00B704E2" w:rsidRPr="00EA2160" w:rsidRDefault="00B704E2" w:rsidP="006D375B">
+          <w:p w14:paraId="60DF954A" w14:textId="77777777" w:rsidR="008D4536" w:rsidRPr="00EA2160" w:rsidRDefault="008D4536" w:rsidP="00581E69">
             <w:pPr>
               <w:pStyle w:val="UBSHeadline18pt"/>
+              <w:keepNext/>
+              <w:keepLines/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
               </w:tabs>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-108"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:caps/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="003366"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7C6F31B6" w14:textId="77777777" w:rsidR="00B704E2" w:rsidRPr="00EA2160" w:rsidRDefault="00B704E2" w:rsidP="006D375B">
+          <w:p w14:paraId="7C6F31B6" w14:textId="77777777" w:rsidR="008D4536" w:rsidRPr="00EA2160" w:rsidRDefault="008D4536" w:rsidP="008D4536">
             <w:pPr>
               <w:pStyle w:val="UBSHeadline18pt"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
               </w:tabs>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-108"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:caps/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="003366"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="003366"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="50D320A8" w14:textId="77777777" w:rsidR="00B704E2" w:rsidRPr="00EA2160" w:rsidRDefault="00B704E2" w:rsidP="006D375B">
+          <w:p w14:paraId="50D320A8" w14:textId="77777777" w:rsidR="008D4536" w:rsidRPr="00EA2160" w:rsidRDefault="008D4536" w:rsidP="008D4536">
             <w:pPr>
               <w:pStyle w:val="UBSHeadline18pt"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
               </w:tabs>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-108"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:caps/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="285E2B27" w14:textId="24BAB91B" w:rsidR="00C71E3F" w:rsidRPr="00321F9A" w:rsidRDefault="00C71E3F" w:rsidP="001C12EB">
-[...10 lines deleted...]
-      <w:headerReference w:type="even" r:id="rId13"/>
+    <w:sectPr w:rsidR="00C71E3F" w:rsidRPr="00315FFA" w:rsidSect="00F83D73">
       <w:headerReference w:type="default" r:id="rId14"/>
-      <w:footerReference w:type="even" r:id="rId15"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId18"/>
+      <w:footerReference w:type="default" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-      <w:pgMar w:top="1718" w:right="851" w:bottom="1418" w:left="851" w:header="270" w:footer="851" w:gutter="0"/>
+      <w:pgMar w:top="1350" w:right="851" w:bottom="1418" w:left="851" w:header="270" w:footer="851" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="126A3D57" w14:textId="77777777" w:rsidR="006A007F" w:rsidRDefault="006A007F">
+    <w:p w14:paraId="05D54B1C" w14:textId="77777777" w:rsidR="00E6785A" w:rsidRDefault="00E6785A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2D43A14B" w14:textId="77777777" w:rsidR="006A007F" w:rsidRDefault="006A007F">
+    <w:p w14:paraId="7271793E" w14:textId="77777777" w:rsidR="00E6785A" w:rsidRDefault="00E6785A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings 3">
     <w:panose1 w:val="05040102010807070707"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Frutiger 45 Light">
-    <w:altName w:val="Trebuchet MS"/>
+    <w:altName w:val="Courier New"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="UBSHeadline">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00000AF" w:usb1="5000205B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000193" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Ottawa">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
@@ -4405,120 +4171,328 @@
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="622B288F" w14:textId="77777777" w:rsidR="001C12EB" w:rsidRDefault="001C12EB">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+  <w:p w14:paraId="0F33AD51" w14:textId="77777777" w:rsidR="000B3C31" w:rsidRPr="003E53D4" w:rsidRDefault="000B3C31" w:rsidP="000B3C31">
+    <w:pPr>
+      <w:pStyle w:val="Template-Companyname"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:bCs/>
+        <w:color w:val="102653"/>
+        <w:lang w:val="pt-BR"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="003E53D4">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:bCs/>
+        <w:color w:val="102653"/>
+        <w:lang w:val="pt-BR"/>
+      </w:rPr>
+      <w:t>BTG Pactual</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="6F441AC4" w14:textId="0E8264E4" w:rsidR="000B3C31" w:rsidRPr="000B3C31" w:rsidRDefault="000B3C31">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
+      <w:rPr>
+        <w:color w:val="102653"/>
+        <w:sz w:val="18"/>
+      </w:rPr>
     </w:pPr>
+    <w:r w:rsidRPr="003E53D4">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="102653"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve">SAC: 0800 772 2827 | </w:t>
+    </w:r>
+    <w:r w:rsidRPr="006B519B">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="1F3864"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>Ouvidoria: 0800 722</w:t>
+    </w:r>
+    <w:r w:rsidRPr="003E53D4">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="102653"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 0048 | btgpactual.co</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="102653"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve">m                                                                                      </w:t>
+    </w:r>
+    <w:r w:rsidRPr="005C1D72">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:color w:val="1F3864"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:color w:val="102653"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:id w:val="-4527320"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtEndPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:sdtEndPr>
+      <w:sdtContent>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:color w:val="102653"/>
+              <w:sz w:val="18"/>
+            </w:rPr>
+            <w:id w:val="-937209691"/>
+            <w:docPartObj>
+              <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
+              <w:docPartUnique/>
+            </w:docPartObj>
+          </w:sdtPr>
+          <w:sdtEndPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+          </w:sdtEndPr>
+          <w:sdtContent>
+            <w:r w:rsidRPr="008F24A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="102653"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="008F24A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="102653"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGE </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008F24A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="102653"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="102653"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F24A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="102653"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="008F24A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="102653"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F24A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="102653"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="008F24A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="102653"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008F24A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="102653"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="102653"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F24A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="102653"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:sdtContent>
+        </w:sdt>
+      </w:sdtContent>
+    </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="03C9FD82" w14:textId="77777777" w:rsidR="005C1D72" w:rsidRPr="003E53D4" w:rsidRDefault="005C1D72" w:rsidP="005C1D72">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+  <w:p w14:paraId="27DA81C5" w14:textId="77777777" w:rsidR="00CA5ADE" w:rsidRPr="003E53D4" w:rsidRDefault="00CA5ADE" w:rsidP="00CA5ADE">
     <w:pPr>
       <w:pStyle w:val="Template-Companyname"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:bCs/>
         <w:color w:val="102653"/>
         <w:lang w:val="pt-BR"/>
       </w:rPr>
     </w:pPr>
-    <w:bookmarkStart w:id="10" w:name="_Hlk49973862"/>
+    <w:bookmarkStart w:id="12" w:name="_Hlk49973862"/>
     <w:r w:rsidRPr="003E53D4">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:bCs/>
         <w:color w:val="102653"/>
         <w:lang w:val="pt-BR"/>
       </w:rPr>
       <w:t>BTG Pactual</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="0202138C" w14:textId="1451212C" w:rsidR="00C45636" w:rsidRPr="008F24A8" w:rsidRDefault="005C1D72" w:rsidP="00D25870">
+  <w:p w14:paraId="0202138C" w14:textId="15E3CB76" w:rsidR="00C45636" w:rsidRPr="00CA5ADE" w:rsidRDefault="00CA5ADE" w:rsidP="00CA5ADE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:color w:val="102653"/>
         <w:sz w:val="18"/>
       </w:rPr>
     </w:pPr>
-    <w:bookmarkStart w:id="11" w:name="_Hlk49973931"/>
+    <w:bookmarkStart w:id="13" w:name="_Hlk49973931"/>
     <w:r w:rsidRPr="003E53D4">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="102653"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">SAC: 0800 772 2827 | </w:t>
     </w:r>
     <w:r w:rsidRPr="006B519B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="1F3864"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Ouvidoria: 0800 722</w:t>
     </w:r>
     <w:r w:rsidRPr="003E53D4">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="102653"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> 0048 | btgpactual.co</w:t>
     </w:r>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="102653"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">m                                                                                      </w:t>
     </w:r>
     <w:r w:rsidRPr="005C1D72">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:color w:val="1F3864"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:color w:val="102653"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:id w:val="-396275688"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
@@ -4556,280 +4530,290 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="102653"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="008F24A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="102653"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGE </w:instrText>
             </w:r>
             <w:r w:rsidRPr="008F24A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="102653"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008F24A8">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="102653"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="008F24A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="102653"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="008F24A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="102653"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> de </w:t>
             </w:r>
             <w:r w:rsidRPr="008F24A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="102653"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="008F24A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="102653"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
             </w:r>
             <w:r w:rsidRPr="008F24A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="102653"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008F24A8">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="102653"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="008F24A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="102653"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3DF9A7A0" w14:textId="77777777" w:rsidR="006A007F" w:rsidRDefault="006A007F">
+    <w:p w14:paraId="5EE952BA" w14:textId="77777777" w:rsidR="00E6785A" w:rsidRDefault="00E6785A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7FBDF7AD" w14:textId="77777777" w:rsidR="006A007F" w:rsidRDefault="006A007F">
+    <w:p w14:paraId="7DE1ADB8" w14:textId="77777777" w:rsidR="00E6785A" w:rsidRDefault="00E6785A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...33 lines deleted...]
-  <w:p w14:paraId="0E89EF8C" w14:textId="51F37E67" w:rsidR="00C45636" w:rsidRDefault="000E7468" w:rsidP="00EF6DFB">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+  <w:p w14:paraId="6E229210" w14:textId="6A2690EA" w:rsidR="000B3C31" w:rsidRDefault="000B3C31" w:rsidP="000B3C31">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4153"/>
         <w:tab w:val="clear" w:pos="8306"/>
       </w:tabs>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r w:rsidRPr="009E266A">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="548349F1" wp14:editId="303C3F67">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="02E219CC" wp14:editId="37045FC2">
           <wp:extent cx="1265555" cy="488950"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:docPr id="3" name="Picture 3" descr="Uma imagem contendo comida, laranja, placa, azul  Descrição gerada automaticamente"/>
+          <wp:docPr id="196850049" name="Picture 196850049" descr="Uma imagem contendo comida, laranja, placa, azul  Descrição gerada automaticamente"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 3" descr="Uma imagem contendo comida, laranja, placa, azul  Descrição gerada automaticamente"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1265555" cy="488950"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w14:paraId="59843CA9" w14:textId="77777777" w:rsidR="001C12EB" w:rsidRDefault="001C12EB">
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+  <w:p w14:paraId="0E89EF8C" w14:textId="0E3151B4" w:rsidR="00C45636" w:rsidRDefault="000E7468" w:rsidP="00EF6DFB">
     <w:pPr>
       <w:pStyle w:val="Header"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4153"/>
+        <w:tab w:val="clear" w:pos="8306"/>
+      </w:tabs>
+      <w:jc w:val="right"/>
     </w:pPr>
+    <w:r w:rsidRPr="009E266A">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="548349F1" wp14:editId="303C3F67">
+          <wp:extent cx="1265555" cy="488950"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="13" name="Picture 13" descr="Uma imagem contendo comida, laranja, placa, azul  Descrição gerada automaticamente"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 3" descr="Uma imagem contendo comida, laranja, placa, azul  Descrição gerada automaticamente"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1265555" cy="488950"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="04A9025D"/>
-[...4 lines deleted...]
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="063852A6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6F22F112"/>
     <w:lvl w:ilvl="0" w:tplc="DD14EB1E">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1398" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
@@ -4874,51 +4858,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4998" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5718" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6438" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="067D1424"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CFA8082A"/>
     <w:lvl w:ilvl="0" w:tplc="A24845C0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="612"/>
         </w:tabs>
         <w:ind w:left="612" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -5017,51 +5001,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07BA2825"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8B0E0FC4"/>
     <w:lvl w:ilvl="0" w:tplc="0416000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1758" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2478" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5128,50 +5112,166 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6798" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7518" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="120D2416"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="533EC89C"/>
+    <w:lvl w:ilvl="0" w:tplc="169E27F4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0416000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="15AC0E5E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C27820D0"/>
     <w:lvl w:ilvl="0" w:tplc="6458F8FC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="►"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="504"/>
         </w:tabs>
         <w:ind w:left="504" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:color w:val="5F5F5F"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
@@ -6127,74 +6227,187 @@
           <w:tab w:val="num" w:pos="5652"/>
         </w:tabs>
         <w:ind w:left="5652" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6372"/>
         </w:tabs>
         <w:ind w:left="6372" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="20213F19"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3218159C"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1069" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0409000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="28434436"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="DA4E7988"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="UBSBullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="227" w:hanging="227"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="28E21514"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9BE8BA52"/>
     <w:lvl w:ilvl="0" w:tplc="6458F8FC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="►"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="504"/>
         </w:tabs>
         <w:ind w:left="504" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:color w:val="5F5F5F"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -6294,51 +6507,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5652"/>
         </w:tabs>
         <w:ind w:left="5652" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6372"/>
         </w:tabs>
         <w:ind w:left="6372" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2BCB440D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B7AA6824"/>
     <w:lvl w:ilvl="0" w:tplc="04160005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="612"/>
         </w:tabs>
         <w:ind w:left="612" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="8474BFD8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6437,51 +6650,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5652"/>
         </w:tabs>
         <w:ind w:left="5652" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6372"/>
         </w:tabs>
         <w:ind w:left="6372" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="311F2FE3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8FB0FB9E"/>
     <w:lvl w:ilvl="0" w:tplc="6458F8FC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="►"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="504"/>
         </w:tabs>
         <w:ind w:left="504" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:color w:val="5F5F5F"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -6581,51 +6794,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5652"/>
         </w:tabs>
         <w:ind w:left="5652" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6372"/>
         </w:tabs>
         <w:ind w:left="6372" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3220353D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3CAE3728"/>
     <w:lvl w:ilvl="0" w:tplc="8474BFD8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:color w:val="auto"/>
         <w:sz w:val="24"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
@@ -6726,51 +6939,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="4680"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="350C4D92"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7E9CA6CC"/>
     <w:lvl w:ilvl="0" w:tplc="8474BFD8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="612"/>
         </w:tabs>
         <w:ind w:left="612" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="503EAD46">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -6873,51 +7086,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="395B076F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BECC526A"/>
     <w:lvl w:ilvl="0" w:tplc="6458F8FC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="►"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="396"/>
         </w:tabs>
         <w:ind w:left="396" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:color w:val="5F5F5F"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -7017,51 +7230,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5652"/>
         </w:tabs>
         <w:ind w:left="5652" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6372"/>
         </w:tabs>
         <w:ind w:left="6372" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="398E3123"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="708C2FCC"/>
     <w:lvl w:ilvl="0" w:tplc="6458F8FC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="►"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="504"/>
         </w:tabs>
         <w:ind w:left="504" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:color w:val="5F5F5F"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -7161,165 +7374,137 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5652"/>
         </w:tabs>
         <w:ind w:left="5652" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6372"/>
         </w:tabs>
         <w:ind w:left="6372" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
-[...110 lines deleted...]
-      </w:rPr>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3B557217"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="469AE746"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3FC07391"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="99BAE108"/>
     <w:lvl w:ilvl="0" w:tplc="A3F461C8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="810" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1398" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
@@ -7364,51 +7549,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4998" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5718" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6438" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="423D5CA2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DEFAD196"/>
     <w:lvl w:ilvl="0" w:tplc="8474BFD8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="504"/>
         </w:tabs>
         <w:ind w:left="504" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -7507,51 +7692,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5652"/>
         </w:tabs>
         <w:ind w:left="5652" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6372"/>
         </w:tabs>
         <w:ind w:left="6372" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="43CF1C5B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="312491D4"/>
     <w:lvl w:ilvl="0" w:tplc="64C8EB50">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="612"/>
         </w:tabs>
         <w:ind w:left="612" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -7650,51 +7835,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5052276D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="68D63E92"/>
     <w:lvl w:ilvl="0" w:tplc="880242BC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="23"/>
         </w:tabs>
         <w:ind w:left="612" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:color w:val="auto"/>
         <w:sz w:val="24"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
@@ -7795,51 +7980,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="55E44F0E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="48EE4178"/>
     <w:lvl w:ilvl="0" w:tplc="880242BC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="23"/>
         </w:tabs>
         <w:ind w:left="612" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:color w:val="auto"/>
         <w:sz w:val="24"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
@@ -7940,163 +8125,50 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
-[...111 lines deleted...]
-  </w:abstractNum>
   <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5A525573"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="653657F2"/>
     <w:lvl w:ilvl="0" w:tplc="8850E622">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="396"/>
         </w:tabs>
         <w:ind w:left="396" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -8917,50 +8989,163 @@
           <w:tab w:val="num" w:pos="5652"/>
         </w:tabs>
         <w:ind w:left="5652" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6372"/>
         </w:tabs>
         <w:ind w:left="6372" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="71A10952"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BBE27CF2"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1069" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="776B237D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D40EC89C"/>
     <w:lvl w:ilvl="0" w:tplc="8850E622">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="396"/>
         </w:tabs>
         <w:ind w:left="396" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -9058,51 +9243,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5652"/>
         </w:tabs>
         <w:ind w:left="5652" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6372"/>
         </w:tabs>
         <w:ind w:left="6372" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7AAF4C2A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3EF0FEF0"/>
     <w:lvl w:ilvl="0" w:tplc="77EC29E4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="►"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="504"/>
         </w:tabs>
         <w:ind w:left="504" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:color w:val="5F5F5F"/>
         <w:sz w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -9202,51 +9387,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5652"/>
         </w:tabs>
         <w:ind w:left="5652" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6372"/>
         </w:tabs>
         <w:ind w:left="6372" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7CB57686"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="987E830A"/>
     <w:lvl w:ilvl="0" w:tplc="880242BC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="23"/>
         </w:tabs>
         <w:ind w:left="612" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:color w:val="auto"/>
         <w:sz w:val="24"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
@@ -9347,3019 +9532,3528 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5652"/>
         </w:tabs>
         <w:ind w:left="5652" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6372"/>
         </w:tabs>
         <w:ind w:left="6372" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="427966772">
+  <w:num w:numId="1" w16cid:durableId="1060514606">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1080831098">
-    <w:abstractNumId w:val="12"/>
+  <w:num w:numId="2" w16cid:durableId="198590921">
+    <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1987735481">
+  <w:num w:numId="3" w16cid:durableId="1487667388">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="69427758">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1490832281">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1957591643">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="847522339">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1237279428">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1148671880">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="976299921">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="815342493">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="602693708">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="214439204">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="501431392">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="992952437">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="730349068">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="581257745">
-    <w:abstractNumId w:val="8"/>
+  <w:num w:numId="17" w16cid:durableId="1628856948">
+    <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="984820048">
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="18" w16cid:durableId="1663973147">
+    <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="762604451">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="19" w16cid:durableId="86080499">
+    <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="121853435">
-[...8 lines deleted...]
-  <w:num w:numId="10" w16cid:durableId="683047117">
+  <w:num w:numId="20" w16cid:durableId="1150634735">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1590624718">
-[...29 lines deleted...]
-  <w:num w:numId="21" w16cid:durableId="285621978">
+  <w:num w:numId="21" w16cid:durableId="1928348742">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="1632440486">
-    <w:abstractNumId w:val="19"/>
+  <w:num w:numId="22" w16cid:durableId="1328898856">
+    <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="1038895288">
-[...2 lines deleted...]
-  <w:num w:numId="24" w16cid:durableId="1249384230">
+  <w:num w:numId="23" w16cid:durableId="1172377153">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="1472752924">
-    <w:abstractNumId w:val="35"/>
+  <w:num w:numId="24" w16cid:durableId="694036198">
+    <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="26" w16cid:durableId="1514765340">
+  <w:num w:numId="25" w16cid:durableId="76634264">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="1175728122">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="27" w16cid:durableId="89981494">
-    <w:abstractNumId w:val="17"/>
+  <w:num w:numId="27" w16cid:durableId="828834874">
+    <w:abstractNumId w:val="18"/>
     <w:lvlOverride w:ilvl="0"/>
     <w:lvlOverride w:ilvl="1"/>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="28" w16cid:durableId="795834594">
-    <w:abstractNumId w:val="14"/>
+  <w:num w:numId="28" w16cid:durableId="961040068">
+    <w:abstractNumId w:val="15"/>
     <w:lvlOverride w:ilvl="0"/>
     <w:lvlOverride w:ilvl="1"/>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="29" w16cid:durableId="395401718">
+  <w:num w:numId="29" w16cid:durableId="1962759796">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="30" w16cid:durableId="1358971830">
+  <w:num w:numId="30" w16cid:durableId="56442104">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="31" w16cid:durableId="2070809314">
+  <w:num w:numId="31" w16cid:durableId="1960449312">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="1537546234">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="1522277352">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="1944266622">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="1705669290">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="1168404845">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="1401443948">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="836117471">
     <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="32" w16cid:durableId="588316992">
-[...11 lines deleted...]
-  <w:num w:numId="36" w16cid:durableId="739408027">
+  <w:num w:numId="39" w16cid:durableId="470171164">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="37" w16cid:durableId="1202742815">
-[...9 lines deleted...]
-    </w:lvlOverride>
+  <w:num w:numId="40" w16cid:durableId="201328494">
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="26"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaFull" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="4" w:cryptSpinCount="100000" w:hash="ibZwnLO2nQ6aReZ+mJQM3AF2rNo=" w:salt="GupsYZYp9LcK8NlZpzsjmA=="/>
+  <w:zoom w:percent="170"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="NZCe/ApT9SVw0PAi4asQSX7VuCyEo9MglCmJ3A3LjPzbCR2R6lOKS1M3zJeI88e7lW3zaZbTkHaaf2XX99YgDw==" w:salt="8ZVTHuq52cV/lpmojOPw8A=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <o:colormru v:ext="edit" colors="#b2b2b2,#969696,#5f5f5f,#ddf2fa,#193d85,#036,#3383ff"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="varDocType" w:val="UBS"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00845B71"/>
     <w:rsid w:val="00000A8D"/>
     <w:rsid w:val="00000BF0"/>
+    <w:rsid w:val="00001933"/>
     <w:rsid w:val="00001CBD"/>
     <w:rsid w:val="00002CAA"/>
     <w:rsid w:val="00002F85"/>
     <w:rsid w:val="000032F4"/>
     <w:rsid w:val="00003493"/>
     <w:rsid w:val="00003551"/>
     <w:rsid w:val="00003E4B"/>
-    <w:rsid w:val="00003F6B"/>
     <w:rsid w:val="00006442"/>
     <w:rsid w:val="00007136"/>
     <w:rsid w:val="000072D8"/>
     <w:rsid w:val="00010A42"/>
-    <w:rsid w:val="00010B25"/>
     <w:rsid w:val="00010D34"/>
     <w:rsid w:val="00011770"/>
     <w:rsid w:val="00011E6B"/>
     <w:rsid w:val="000120EF"/>
     <w:rsid w:val="00012176"/>
     <w:rsid w:val="000135C1"/>
     <w:rsid w:val="00013E8F"/>
     <w:rsid w:val="000141E8"/>
     <w:rsid w:val="00014EC3"/>
     <w:rsid w:val="000155F9"/>
+    <w:rsid w:val="000156AF"/>
     <w:rsid w:val="00015F33"/>
     <w:rsid w:val="000167B5"/>
+    <w:rsid w:val="000169A8"/>
     <w:rsid w:val="00020C37"/>
     <w:rsid w:val="00021354"/>
     <w:rsid w:val="00022196"/>
     <w:rsid w:val="000223B7"/>
     <w:rsid w:val="00022D82"/>
     <w:rsid w:val="00023D11"/>
     <w:rsid w:val="00024358"/>
+    <w:rsid w:val="00024A0C"/>
+    <w:rsid w:val="00024ED2"/>
     <w:rsid w:val="00025736"/>
     <w:rsid w:val="00025BD1"/>
     <w:rsid w:val="0002604C"/>
+    <w:rsid w:val="00026146"/>
     <w:rsid w:val="00026E8D"/>
+    <w:rsid w:val="00027315"/>
     <w:rsid w:val="000276AF"/>
     <w:rsid w:val="00027B77"/>
     <w:rsid w:val="0003074B"/>
     <w:rsid w:val="00030B06"/>
     <w:rsid w:val="00030C96"/>
     <w:rsid w:val="0003339E"/>
     <w:rsid w:val="00034371"/>
     <w:rsid w:val="00034423"/>
+    <w:rsid w:val="0003480F"/>
     <w:rsid w:val="00035039"/>
     <w:rsid w:val="00037467"/>
     <w:rsid w:val="00037586"/>
     <w:rsid w:val="00037E08"/>
-    <w:rsid w:val="000402BE"/>
     <w:rsid w:val="00041146"/>
     <w:rsid w:val="000413A0"/>
     <w:rsid w:val="00041D3C"/>
     <w:rsid w:val="000423F3"/>
     <w:rsid w:val="000425B7"/>
     <w:rsid w:val="00043159"/>
+    <w:rsid w:val="000433D5"/>
     <w:rsid w:val="0004365C"/>
     <w:rsid w:val="00044F10"/>
     <w:rsid w:val="00045067"/>
     <w:rsid w:val="0004506C"/>
     <w:rsid w:val="000450A0"/>
     <w:rsid w:val="000451A0"/>
     <w:rsid w:val="00045676"/>
     <w:rsid w:val="00047A87"/>
     <w:rsid w:val="00047E64"/>
+    <w:rsid w:val="00047F7C"/>
     <w:rsid w:val="00051829"/>
     <w:rsid w:val="00052140"/>
     <w:rsid w:val="00054ABC"/>
     <w:rsid w:val="00055D12"/>
     <w:rsid w:val="000561D9"/>
     <w:rsid w:val="00056555"/>
     <w:rsid w:val="00056E27"/>
     <w:rsid w:val="00057DA7"/>
     <w:rsid w:val="00060E24"/>
     <w:rsid w:val="00061124"/>
     <w:rsid w:val="000612B1"/>
     <w:rsid w:val="00061840"/>
     <w:rsid w:val="00061BD6"/>
     <w:rsid w:val="00062830"/>
     <w:rsid w:val="000634B1"/>
     <w:rsid w:val="00063624"/>
     <w:rsid w:val="0006363A"/>
     <w:rsid w:val="00063D11"/>
+    <w:rsid w:val="000646C5"/>
     <w:rsid w:val="000658A5"/>
     <w:rsid w:val="000658D4"/>
     <w:rsid w:val="00065E84"/>
     <w:rsid w:val="00067745"/>
+    <w:rsid w:val="00067797"/>
     <w:rsid w:val="00067A12"/>
+    <w:rsid w:val="00070DA1"/>
     <w:rsid w:val="00071B43"/>
     <w:rsid w:val="0007207A"/>
     <w:rsid w:val="00072EBF"/>
-    <w:rsid w:val="00072F4E"/>
     <w:rsid w:val="00074D75"/>
     <w:rsid w:val="00076D31"/>
     <w:rsid w:val="00077F6D"/>
     <w:rsid w:val="00080A69"/>
-    <w:rsid w:val="00082329"/>
     <w:rsid w:val="00083B7E"/>
+    <w:rsid w:val="00083E81"/>
+    <w:rsid w:val="00084155"/>
     <w:rsid w:val="00084B45"/>
     <w:rsid w:val="000855B5"/>
     <w:rsid w:val="000857F8"/>
     <w:rsid w:val="000863DE"/>
     <w:rsid w:val="00086F06"/>
     <w:rsid w:val="000870AC"/>
     <w:rsid w:val="0008725C"/>
     <w:rsid w:val="000902E7"/>
     <w:rsid w:val="00090392"/>
     <w:rsid w:val="0009226D"/>
     <w:rsid w:val="000966B0"/>
     <w:rsid w:val="00096D02"/>
     <w:rsid w:val="00097638"/>
     <w:rsid w:val="00097E63"/>
     <w:rsid w:val="000A0309"/>
     <w:rsid w:val="000A1B74"/>
     <w:rsid w:val="000A2A0E"/>
     <w:rsid w:val="000A38A1"/>
     <w:rsid w:val="000A3C49"/>
     <w:rsid w:val="000A50A3"/>
     <w:rsid w:val="000A6ADE"/>
     <w:rsid w:val="000A6DD8"/>
     <w:rsid w:val="000A7399"/>
     <w:rsid w:val="000A7EEA"/>
     <w:rsid w:val="000B035E"/>
     <w:rsid w:val="000B09CC"/>
     <w:rsid w:val="000B1663"/>
+    <w:rsid w:val="000B244C"/>
     <w:rsid w:val="000B279C"/>
+    <w:rsid w:val="000B38E1"/>
+    <w:rsid w:val="000B3C31"/>
     <w:rsid w:val="000B4F0C"/>
     <w:rsid w:val="000B4F62"/>
     <w:rsid w:val="000B540A"/>
     <w:rsid w:val="000B576E"/>
     <w:rsid w:val="000B6812"/>
     <w:rsid w:val="000B6DF1"/>
     <w:rsid w:val="000B73F6"/>
     <w:rsid w:val="000B7DED"/>
-    <w:rsid w:val="000C01F2"/>
+    <w:rsid w:val="000C056B"/>
     <w:rsid w:val="000C0853"/>
     <w:rsid w:val="000C2A59"/>
     <w:rsid w:val="000C426E"/>
+    <w:rsid w:val="000C4A85"/>
     <w:rsid w:val="000C58D5"/>
+    <w:rsid w:val="000C642E"/>
     <w:rsid w:val="000C6B2C"/>
+    <w:rsid w:val="000C75E3"/>
     <w:rsid w:val="000C770E"/>
     <w:rsid w:val="000C7D86"/>
     <w:rsid w:val="000D206E"/>
     <w:rsid w:val="000D2457"/>
     <w:rsid w:val="000D2E24"/>
+    <w:rsid w:val="000D4ADC"/>
     <w:rsid w:val="000D531E"/>
     <w:rsid w:val="000D58F7"/>
     <w:rsid w:val="000D7294"/>
     <w:rsid w:val="000D7DC4"/>
     <w:rsid w:val="000E1381"/>
     <w:rsid w:val="000E1EBB"/>
     <w:rsid w:val="000E1F53"/>
     <w:rsid w:val="000E33A0"/>
     <w:rsid w:val="000E48B8"/>
     <w:rsid w:val="000E4A9D"/>
     <w:rsid w:val="000E7468"/>
     <w:rsid w:val="000E7E03"/>
+    <w:rsid w:val="000F1322"/>
     <w:rsid w:val="000F1356"/>
     <w:rsid w:val="000F15BA"/>
+    <w:rsid w:val="000F17BD"/>
+    <w:rsid w:val="000F26CB"/>
     <w:rsid w:val="000F26D6"/>
     <w:rsid w:val="000F2839"/>
     <w:rsid w:val="000F3B4F"/>
     <w:rsid w:val="000F3C64"/>
     <w:rsid w:val="000F4899"/>
+    <w:rsid w:val="000F4A9E"/>
     <w:rsid w:val="000F53C2"/>
     <w:rsid w:val="000F5979"/>
     <w:rsid w:val="000F7B0E"/>
+    <w:rsid w:val="001000DA"/>
+    <w:rsid w:val="0010151F"/>
+    <w:rsid w:val="00101A4D"/>
     <w:rsid w:val="001023E1"/>
     <w:rsid w:val="00102ED6"/>
     <w:rsid w:val="00103F64"/>
+    <w:rsid w:val="0010445C"/>
     <w:rsid w:val="00104638"/>
     <w:rsid w:val="00104921"/>
     <w:rsid w:val="00105291"/>
     <w:rsid w:val="00105B28"/>
-    <w:rsid w:val="00107F69"/>
+    <w:rsid w:val="00105BD3"/>
+    <w:rsid w:val="00106D2B"/>
     <w:rsid w:val="001101BB"/>
     <w:rsid w:val="0011037C"/>
+    <w:rsid w:val="001106B1"/>
     <w:rsid w:val="00110B03"/>
-    <w:rsid w:val="001120CE"/>
+    <w:rsid w:val="001127B8"/>
+    <w:rsid w:val="00112B5D"/>
     <w:rsid w:val="00112EE8"/>
     <w:rsid w:val="001136A5"/>
     <w:rsid w:val="00113A1A"/>
     <w:rsid w:val="001142B0"/>
     <w:rsid w:val="00114A36"/>
     <w:rsid w:val="00116750"/>
     <w:rsid w:val="00116F0B"/>
     <w:rsid w:val="00116F69"/>
     <w:rsid w:val="00117730"/>
     <w:rsid w:val="00117909"/>
     <w:rsid w:val="00120DA9"/>
+    <w:rsid w:val="001219D1"/>
     <w:rsid w:val="00121DF0"/>
     <w:rsid w:val="0012271E"/>
     <w:rsid w:val="001241AE"/>
     <w:rsid w:val="00124320"/>
     <w:rsid w:val="00124601"/>
     <w:rsid w:val="00125900"/>
     <w:rsid w:val="001259B3"/>
     <w:rsid w:val="00125A3E"/>
     <w:rsid w:val="001262CC"/>
     <w:rsid w:val="001268AC"/>
+    <w:rsid w:val="00130171"/>
     <w:rsid w:val="00131B38"/>
     <w:rsid w:val="0013205B"/>
     <w:rsid w:val="00132399"/>
     <w:rsid w:val="00132EBF"/>
     <w:rsid w:val="001330E2"/>
     <w:rsid w:val="00133AA1"/>
     <w:rsid w:val="00133BF5"/>
     <w:rsid w:val="00133F0F"/>
     <w:rsid w:val="00134F6C"/>
     <w:rsid w:val="001358C1"/>
     <w:rsid w:val="00135D87"/>
     <w:rsid w:val="0013655F"/>
     <w:rsid w:val="0013659C"/>
     <w:rsid w:val="00137634"/>
     <w:rsid w:val="00137B16"/>
     <w:rsid w:val="00137B7F"/>
     <w:rsid w:val="00140AC3"/>
     <w:rsid w:val="00141ECE"/>
     <w:rsid w:val="00143060"/>
+    <w:rsid w:val="001432FB"/>
+    <w:rsid w:val="00143B27"/>
     <w:rsid w:val="00143FB1"/>
     <w:rsid w:val="00144EE8"/>
     <w:rsid w:val="00144F1E"/>
-    <w:rsid w:val="00145A46"/>
+    <w:rsid w:val="001515FA"/>
     <w:rsid w:val="0015163B"/>
     <w:rsid w:val="00152E2E"/>
     <w:rsid w:val="00153CFC"/>
     <w:rsid w:val="00153ED6"/>
+    <w:rsid w:val="00154223"/>
+    <w:rsid w:val="0015424E"/>
     <w:rsid w:val="0015448C"/>
     <w:rsid w:val="001548F5"/>
     <w:rsid w:val="0015540E"/>
     <w:rsid w:val="00155679"/>
     <w:rsid w:val="00155AB5"/>
     <w:rsid w:val="001566D9"/>
     <w:rsid w:val="00156868"/>
+    <w:rsid w:val="0015688D"/>
     <w:rsid w:val="001574BD"/>
     <w:rsid w:val="001605CB"/>
     <w:rsid w:val="001607A5"/>
     <w:rsid w:val="001611B4"/>
+    <w:rsid w:val="001614BF"/>
     <w:rsid w:val="001621C1"/>
     <w:rsid w:val="0016397F"/>
     <w:rsid w:val="00163E7F"/>
     <w:rsid w:val="0016444C"/>
     <w:rsid w:val="00164C38"/>
+    <w:rsid w:val="00165E59"/>
+    <w:rsid w:val="00166CC0"/>
     <w:rsid w:val="0016712C"/>
     <w:rsid w:val="00167E5A"/>
+    <w:rsid w:val="001700E6"/>
     <w:rsid w:val="00170386"/>
+    <w:rsid w:val="001704C1"/>
     <w:rsid w:val="00171ED6"/>
     <w:rsid w:val="001720D9"/>
+    <w:rsid w:val="001720FB"/>
     <w:rsid w:val="0017223B"/>
     <w:rsid w:val="00172F81"/>
     <w:rsid w:val="00173131"/>
     <w:rsid w:val="00173A2E"/>
     <w:rsid w:val="00173AC8"/>
     <w:rsid w:val="001752E5"/>
+    <w:rsid w:val="001753EB"/>
     <w:rsid w:val="00176C95"/>
+    <w:rsid w:val="00176D72"/>
     <w:rsid w:val="0017719C"/>
+    <w:rsid w:val="00180065"/>
+    <w:rsid w:val="00180D21"/>
+    <w:rsid w:val="0018181A"/>
     <w:rsid w:val="00181961"/>
     <w:rsid w:val="00181C7A"/>
     <w:rsid w:val="001828F4"/>
     <w:rsid w:val="00182FBC"/>
     <w:rsid w:val="00183681"/>
     <w:rsid w:val="0018491F"/>
     <w:rsid w:val="00185362"/>
     <w:rsid w:val="00185ACF"/>
+    <w:rsid w:val="00185C46"/>
     <w:rsid w:val="00185E7D"/>
     <w:rsid w:val="00186F57"/>
     <w:rsid w:val="00190907"/>
     <w:rsid w:val="00191D0B"/>
     <w:rsid w:val="00191D2A"/>
+    <w:rsid w:val="001938BC"/>
     <w:rsid w:val="00193A36"/>
     <w:rsid w:val="00193C93"/>
     <w:rsid w:val="00193F27"/>
     <w:rsid w:val="0019462F"/>
     <w:rsid w:val="00194D4F"/>
     <w:rsid w:val="00195E0C"/>
     <w:rsid w:val="001972C6"/>
     <w:rsid w:val="001973FD"/>
     <w:rsid w:val="001979FD"/>
     <w:rsid w:val="00197AA8"/>
     <w:rsid w:val="00197E58"/>
+    <w:rsid w:val="001A06E7"/>
     <w:rsid w:val="001A076C"/>
     <w:rsid w:val="001A216B"/>
     <w:rsid w:val="001A231E"/>
     <w:rsid w:val="001A2B52"/>
     <w:rsid w:val="001A5344"/>
     <w:rsid w:val="001A6A4D"/>
     <w:rsid w:val="001A6BE8"/>
     <w:rsid w:val="001A6D73"/>
+    <w:rsid w:val="001A7584"/>
     <w:rsid w:val="001A7921"/>
     <w:rsid w:val="001A7CF7"/>
     <w:rsid w:val="001B15E3"/>
     <w:rsid w:val="001B23D6"/>
     <w:rsid w:val="001B2946"/>
     <w:rsid w:val="001B323F"/>
     <w:rsid w:val="001B408D"/>
     <w:rsid w:val="001B424C"/>
     <w:rsid w:val="001B4906"/>
     <w:rsid w:val="001B4DBB"/>
+    <w:rsid w:val="001B5020"/>
     <w:rsid w:val="001B5283"/>
     <w:rsid w:val="001B60CF"/>
     <w:rsid w:val="001B7028"/>
     <w:rsid w:val="001B70B4"/>
     <w:rsid w:val="001B7D74"/>
     <w:rsid w:val="001C0E15"/>
-    <w:rsid w:val="001C12EB"/>
     <w:rsid w:val="001C19B3"/>
     <w:rsid w:val="001C1B04"/>
     <w:rsid w:val="001C210C"/>
     <w:rsid w:val="001C2BCC"/>
+    <w:rsid w:val="001C2D3E"/>
     <w:rsid w:val="001C2E8C"/>
     <w:rsid w:val="001C319A"/>
     <w:rsid w:val="001C3D75"/>
     <w:rsid w:val="001C3DB9"/>
     <w:rsid w:val="001C3E4D"/>
     <w:rsid w:val="001C4562"/>
     <w:rsid w:val="001C4CBA"/>
     <w:rsid w:val="001C4D83"/>
     <w:rsid w:val="001C594B"/>
+    <w:rsid w:val="001C5B53"/>
     <w:rsid w:val="001C6130"/>
     <w:rsid w:val="001C62FF"/>
-    <w:rsid w:val="001C6456"/>
     <w:rsid w:val="001C795E"/>
     <w:rsid w:val="001C7C3A"/>
     <w:rsid w:val="001C7E76"/>
+    <w:rsid w:val="001D0497"/>
     <w:rsid w:val="001D2596"/>
     <w:rsid w:val="001D34BC"/>
     <w:rsid w:val="001D4F20"/>
     <w:rsid w:val="001D7286"/>
     <w:rsid w:val="001D72F8"/>
     <w:rsid w:val="001D78F2"/>
     <w:rsid w:val="001E0105"/>
     <w:rsid w:val="001E0552"/>
-    <w:rsid w:val="001E057A"/>
     <w:rsid w:val="001E058F"/>
     <w:rsid w:val="001E0AB2"/>
+    <w:rsid w:val="001E1152"/>
     <w:rsid w:val="001E22CC"/>
     <w:rsid w:val="001E24F4"/>
     <w:rsid w:val="001E27BF"/>
     <w:rsid w:val="001E29BB"/>
+    <w:rsid w:val="001E3601"/>
     <w:rsid w:val="001E3E83"/>
+    <w:rsid w:val="001E3F1D"/>
+    <w:rsid w:val="001E3FC6"/>
     <w:rsid w:val="001E4349"/>
     <w:rsid w:val="001E49D7"/>
     <w:rsid w:val="001E4B55"/>
     <w:rsid w:val="001E523E"/>
     <w:rsid w:val="001E54BE"/>
     <w:rsid w:val="001E63EB"/>
     <w:rsid w:val="001E6842"/>
     <w:rsid w:val="001E6B27"/>
     <w:rsid w:val="001E7BE3"/>
     <w:rsid w:val="001F0D87"/>
     <w:rsid w:val="001F0D8C"/>
     <w:rsid w:val="001F1B02"/>
+    <w:rsid w:val="001F2C7B"/>
     <w:rsid w:val="001F3769"/>
     <w:rsid w:val="001F3D55"/>
     <w:rsid w:val="001F41ED"/>
     <w:rsid w:val="001F45DE"/>
     <w:rsid w:val="001F4B61"/>
+    <w:rsid w:val="001F4BB1"/>
+    <w:rsid w:val="001F4E4D"/>
+    <w:rsid w:val="001F4F07"/>
+    <w:rsid w:val="001F6079"/>
     <w:rsid w:val="001F609A"/>
+    <w:rsid w:val="001F6563"/>
     <w:rsid w:val="001F65FE"/>
     <w:rsid w:val="001F6BD9"/>
     <w:rsid w:val="001F74A0"/>
     <w:rsid w:val="001F7EEB"/>
     <w:rsid w:val="00200995"/>
+    <w:rsid w:val="00200E0C"/>
     <w:rsid w:val="00201C73"/>
     <w:rsid w:val="00201D10"/>
     <w:rsid w:val="00201F01"/>
     <w:rsid w:val="0020214B"/>
+    <w:rsid w:val="00202645"/>
+    <w:rsid w:val="00204331"/>
     <w:rsid w:val="0020665C"/>
     <w:rsid w:val="00207313"/>
     <w:rsid w:val="002079E0"/>
+    <w:rsid w:val="002100AC"/>
     <w:rsid w:val="002106B5"/>
     <w:rsid w:val="0021272D"/>
     <w:rsid w:val="002141AB"/>
     <w:rsid w:val="002144F2"/>
     <w:rsid w:val="00216DB6"/>
+    <w:rsid w:val="0021740A"/>
     <w:rsid w:val="0022047D"/>
+    <w:rsid w:val="00220636"/>
     <w:rsid w:val="00220B9C"/>
     <w:rsid w:val="00220D96"/>
     <w:rsid w:val="00220FAB"/>
     <w:rsid w:val="002214DB"/>
     <w:rsid w:val="00221BEA"/>
     <w:rsid w:val="00221E86"/>
     <w:rsid w:val="00221F36"/>
     <w:rsid w:val="00222DF0"/>
-    <w:rsid w:val="002233D0"/>
     <w:rsid w:val="00223422"/>
     <w:rsid w:val="0022344F"/>
     <w:rsid w:val="0022396E"/>
+    <w:rsid w:val="00223E73"/>
+    <w:rsid w:val="002259E9"/>
     <w:rsid w:val="00225B5C"/>
     <w:rsid w:val="0022603A"/>
     <w:rsid w:val="00226244"/>
+    <w:rsid w:val="00226EEE"/>
+    <w:rsid w:val="002274C5"/>
     <w:rsid w:val="0022772E"/>
     <w:rsid w:val="00227D94"/>
     <w:rsid w:val="0023025E"/>
-    <w:rsid w:val="00231D34"/>
+    <w:rsid w:val="00230A55"/>
+    <w:rsid w:val="00231912"/>
+    <w:rsid w:val="00231D3C"/>
     <w:rsid w:val="00232DD0"/>
     <w:rsid w:val="00232F35"/>
     <w:rsid w:val="00233989"/>
     <w:rsid w:val="00233C00"/>
+    <w:rsid w:val="00235065"/>
     <w:rsid w:val="00235730"/>
     <w:rsid w:val="0023604B"/>
     <w:rsid w:val="0023679F"/>
     <w:rsid w:val="002367D4"/>
-    <w:rsid w:val="0023761D"/>
     <w:rsid w:val="0024099A"/>
     <w:rsid w:val="00241421"/>
     <w:rsid w:val="00241B9D"/>
     <w:rsid w:val="00241BC6"/>
     <w:rsid w:val="0024244A"/>
     <w:rsid w:val="00242629"/>
     <w:rsid w:val="00242665"/>
     <w:rsid w:val="002433AA"/>
+    <w:rsid w:val="002437AA"/>
     <w:rsid w:val="00244267"/>
-    <w:rsid w:val="002442BD"/>
     <w:rsid w:val="002446EC"/>
     <w:rsid w:val="0024490A"/>
+    <w:rsid w:val="00245EC8"/>
     <w:rsid w:val="00246595"/>
     <w:rsid w:val="00246F09"/>
     <w:rsid w:val="00247AA3"/>
     <w:rsid w:val="00247C2A"/>
     <w:rsid w:val="0025026C"/>
+    <w:rsid w:val="0025047E"/>
     <w:rsid w:val="00250639"/>
     <w:rsid w:val="00250979"/>
+    <w:rsid w:val="00250ED0"/>
     <w:rsid w:val="00250FCD"/>
     <w:rsid w:val="002524A4"/>
     <w:rsid w:val="00252717"/>
     <w:rsid w:val="00252FFF"/>
     <w:rsid w:val="00253AAD"/>
     <w:rsid w:val="00253C11"/>
     <w:rsid w:val="00254AFF"/>
     <w:rsid w:val="00255E7E"/>
     <w:rsid w:val="002570B2"/>
     <w:rsid w:val="00257558"/>
+    <w:rsid w:val="002579F2"/>
     <w:rsid w:val="00257F9D"/>
     <w:rsid w:val="002603CA"/>
     <w:rsid w:val="002609B5"/>
     <w:rsid w:val="002639B7"/>
     <w:rsid w:val="002641A2"/>
     <w:rsid w:val="00264B28"/>
     <w:rsid w:val="002651D3"/>
+    <w:rsid w:val="00265371"/>
+    <w:rsid w:val="00265991"/>
     <w:rsid w:val="00265A58"/>
     <w:rsid w:val="002660BD"/>
     <w:rsid w:val="002666CD"/>
+    <w:rsid w:val="0026755B"/>
+    <w:rsid w:val="00267F53"/>
     <w:rsid w:val="00270FEC"/>
     <w:rsid w:val="00271693"/>
     <w:rsid w:val="002724E8"/>
     <w:rsid w:val="0027267A"/>
     <w:rsid w:val="00272EFE"/>
     <w:rsid w:val="00272F13"/>
     <w:rsid w:val="002734A3"/>
     <w:rsid w:val="00273EDC"/>
     <w:rsid w:val="00275139"/>
     <w:rsid w:val="0027551A"/>
+    <w:rsid w:val="0027670F"/>
     <w:rsid w:val="00276C25"/>
     <w:rsid w:val="002777AF"/>
+    <w:rsid w:val="00280E54"/>
     <w:rsid w:val="00281120"/>
     <w:rsid w:val="002814C6"/>
     <w:rsid w:val="00282870"/>
     <w:rsid w:val="00282D95"/>
     <w:rsid w:val="00285182"/>
     <w:rsid w:val="002851AE"/>
     <w:rsid w:val="002864ED"/>
     <w:rsid w:val="0028652B"/>
     <w:rsid w:val="002868A4"/>
     <w:rsid w:val="002868F9"/>
+    <w:rsid w:val="002902FA"/>
     <w:rsid w:val="00290F13"/>
     <w:rsid w:val="00292516"/>
-    <w:rsid w:val="0029261E"/>
     <w:rsid w:val="0029270D"/>
+    <w:rsid w:val="00292C7A"/>
+    <w:rsid w:val="00293984"/>
+    <w:rsid w:val="00293AC7"/>
     <w:rsid w:val="00294D11"/>
     <w:rsid w:val="00295C21"/>
     <w:rsid w:val="00296772"/>
     <w:rsid w:val="002971F6"/>
     <w:rsid w:val="002A056A"/>
     <w:rsid w:val="002A107D"/>
     <w:rsid w:val="002A1198"/>
     <w:rsid w:val="002A13A2"/>
     <w:rsid w:val="002A1B25"/>
-    <w:rsid w:val="002A1F48"/>
     <w:rsid w:val="002A2E3B"/>
     <w:rsid w:val="002A2EA4"/>
     <w:rsid w:val="002A2EA9"/>
     <w:rsid w:val="002A3017"/>
     <w:rsid w:val="002A315E"/>
     <w:rsid w:val="002A40EF"/>
     <w:rsid w:val="002A4420"/>
     <w:rsid w:val="002A7F42"/>
     <w:rsid w:val="002B1126"/>
     <w:rsid w:val="002B1127"/>
     <w:rsid w:val="002B1860"/>
     <w:rsid w:val="002B22E1"/>
     <w:rsid w:val="002B297B"/>
     <w:rsid w:val="002B3246"/>
     <w:rsid w:val="002B3339"/>
     <w:rsid w:val="002B3739"/>
     <w:rsid w:val="002B4DAF"/>
+    <w:rsid w:val="002B53BF"/>
     <w:rsid w:val="002B5B60"/>
     <w:rsid w:val="002B5BD0"/>
     <w:rsid w:val="002B63D1"/>
     <w:rsid w:val="002B66BC"/>
+    <w:rsid w:val="002B6ADF"/>
     <w:rsid w:val="002B6BD6"/>
+    <w:rsid w:val="002B71AE"/>
     <w:rsid w:val="002C0024"/>
     <w:rsid w:val="002C0E06"/>
+    <w:rsid w:val="002C0EB7"/>
     <w:rsid w:val="002C33C6"/>
     <w:rsid w:val="002C38A7"/>
     <w:rsid w:val="002C397F"/>
     <w:rsid w:val="002C4484"/>
     <w:rsid w:val="002C54EA"/>
     <w:rsid w:val="002C6C56"/>
     <w:rsid w:val="002D0065"/>
     <w:rsid w:val="002D1804"/>
     <w:rsid w:val="002D1977"/>
     <w:rsid w:val="002D1A63"/>
     <w:rsid w:val="002D506F"/>
     <w:rsid w:val="002D58CD"/>
     <w:rsid w:val="002D772A"/>
     <w:rsid w:val="002E0587"/>
     <w:rsid w:val="002E202E"/>
     <w:rsid w:val="002E2BCD"/>
+    <w:rsid w:val="002E3184"/>
     <w:rsid w:val="002E415A"/>
     <w:rsid w:val="002E458A"/>
     <w:rsid w:val="002E476C"/>
     <w:rsid w:val="002E4B27"/>
     <w:rsid w:val="002E5D5F"/>
     <w:rsid w:val="002E646A"/>
+    <w:rsid w:val="002E760A"/>
     <w:rsid w:val="002F0895"/>
     <w:rsid w:val="002F1EAC"/>
     <w:rsid w:val="002F1F6C"/>
+    <w:rsid w:val="002F31C7"/>
     <w:rsid w:val="002F3742"/>
-    <w:rsid w:val="002F3C50"/>
     <w:rsid w:val="002F4613"/>
     <w:rsid w:val="002F50CE"/>
-    <w:rsid w:val="002F5312"/>
+    <w:rsid w:val="002F5669"/>
     <w:rsid w:val="002F5E9F"/>
     <w:rsid w:val="002F6044"/>
     <w:rsid w:val="002F622F"/>
-    <w:rsid w:val="002F6F39"/>
     <w:rsid w:val="002F730B"/>
     <w:rsid w:val="002F7A51"/>
+    <w:rsid w:val="002F7D13"/>
     <w:rsid w:val="0030033B"/>
+    <w:rsid w:val="00300BFC"/>
     <w:rsid w:val="003010AD"/>
     <w:rsid w:val="00301B7D"/>
     <w:rsid w:val="00301DFA"/>
     <w:rsid w:val="003030E8"/>
     <w:rsid w:val="00304424"/>
     <w:rsid w:val="003068FA"/>
     <w:rsid w:val="0030694D"/>
     <w:rsid w:val="00306DBB"/>
+    <w:rsid w:val="00307714"/>
     <w:rsid w:val="0030771C"/>
     <w:rsid w:val="00307D91"/>
     <w:rsid w:val="00310F7A"/>
     <w:rsid w:val="00311428"/>
     <w:rsid w:val="00312623"/>
     <w:rsid w:val="00312CEB"/>
     <w:rsid w:val="00312D22"/>
-    <w:rsid w:val="00312F78"/>
     <w:rsid w:val="00315047"/>
+    <w:rsid w:val="0031563E"/>
     <w:rsid w:val="00315A4F"/>
+    <w:rsid w:val="00315FFA"/>
     <w:rsid w:val="00316486"/>
     <w:rsid w:val="003166FA"/>
     <w:rsid w:val="00317680"/>
     <w:rsid w:val="0032035B"/>
     <w:rsid w:val="003203F6"/>
     <w:rsid w:val="003211F6"/>
     <w:rsid w:val="0032128A"/>
     <w:rsid w:val="003214F9"/>
     <w:rsid w:val="00321F9A"/>
     <w:rsid w:val="00322B3F"/>
     <w:rsid w:val="00322B62"/>
+    <w:rsid w:val="00322BF6"/>
     <w:rsid w:val="00322C3F"/>
     <w:rsid w:val="00323BB0"/>
+    <w:rsid w:val="003243CD"/>
     <w:rsid w:val="003243EE"/>
     <w:rsid w:val="00324BD5"/>
     <w:rsid w:val="00324F1D"/>
     <w:rsid w:val="003255F3"/>
     <w:rsid w:val="003258B1"/>
     <w:rsid w:val="00325CA8"/>
     <w:rsid w:val="00326879"/>
     <w:rsid w:val="00326BF5"/>
     <w:rsid w:val="0032712A"/>
     <w:rsid w:val="003324F9"/>
+    <w:rsid w:val="00332619"/>
+    <w:rsid w:val="00332C81"/>
     <w:rsid w:val="0033327E"/>
+    <w:rsid w:val="00334062"/>
     <w:rsid w:val="003346B8"/>
+    <w:rsid w:val="00334C04"/>
     <w:rsid w:val="003352DC"/>
-    <w:rsid w:val="003353C4"/>
+    <w:rsid w:val="003358FF"/>
+    <w:rsid w:val="00336B24"/>
     <w:rsid w:val="0034007B"/>
     <w:rsid w:val="00340585"/>
     <w:rsid w:val="003412D6"/>
     <w:rsid w:val="003417E9"/>
     <w:rsid w:val="00341CF2"/>
     <w:rsid w:val="00341F7F"/>
     <w:rsid w:val="00342E86"/>
     <w:rsid w:val="00344AF3"/>
     <w:rsid w:val="00344FBE"/>
+    <w:rsid w:val="0034521E"/>
     <w:rsid w:val="003452C9"/>
+    <w:rsid w:val="003456EF"/>
     <w:rsid w:val="00346335"/>
     <w:rsid w:val="0034704A"/>
     <w:rsid w:val="003478D3"/>
     <w:rsid w:val="00347BC8"/>
     <w:rsid w:val="0035109A"/>
+    <w:rsid w:val="0035128D"/>
     <w:rsid w:val="00351546"/>
+    <w:rsid w:val="0035195D"/>
     <w:rsid w:val="00351AA1"/>
     <w:rsid w:val="00351ED7"/>
     <w:rsid w:val="00352250"/>
     <w:rsid w:val="00352C28"/>
     <w:rsid w:val="00352C66"/>
     <w:rsid w:val="00352E7C"/>
     <w:rsid w:val="00354B92"/>
     <w:rsid w:val="00355888"/>
     <w:rsid w:val="003558D4"/>
     <w:rsid w:val="00355B22"/>
     <w:rsid w:val="003574C5"/>
     <w:rsid w:val="00360524"/>
     <w:rsid w:val="0036057A"/>
     <w:rsid w:val="00360D6A"/>
     <w:rsid w:val="00361AD0"/>
+    <w:rsid w:val="00361BBD"/>
     <w:rsid w:val="00362B5E"/>
+    <w:rsid w:val="00362E8E"/>
+    <w:rsid w:val="00363197"/>
     <w:rsid w:val="00363779"/>
     <w:rsid w:val="00363CED"/>
     <w:rsid w:val="00365238"/>
     <w:rsid w:val="003665A2"/>
+    <w:rsid w:val="003676F2"/>
     <w:rsid w:val="003677ED"/>
     <w:rsid w:val="00370919"/>
     <w:rsid w:val="00370B96"/>
     <w:rsid w:val="00370C39"/>
     <w:rsid w:val="00371651"/>
     <w:rsid w:val="0037256A"/>
     <w:rsid w:val="00373E3F"/>
     <w:rsid w:val="00373EC8"/>
     <w:rsid w:val="00374067"/>
     <w:rsid w:val="00375096"/>
     <w:rsid w:val="00375A0D"/>
     <w:rsid w:val="00375F5E"/>
     <w:rsid w:val="0037714A"/>
     <w:rsid w:val="00377D87"/>
     <w:rsid w:val="00377E1C"/>
+    <w:rsid w:val="0038134B"/>
     <w:rsid w:val="00381502"/>
     <w:rsid w:val="00381DB5"/>
     <w:rsid w:val="00382451"/>
     <w:rsid w:val="00383589"/>
+    <w:rsid w:val="00384A5D"/>
     <w:rsid w:val="00385358"/>
+    <w:rsid w:val="00385AFF"/>
     <w:rsid w:val="00385E1E"/>
     <w:rsid w:val="003864F3"/>
     <w:rsid w:val="00386871"/>
     <w:rsid w:val="00386ABA"/>
     <w:rsid w:val="003872C8"/>
+    <w:rsid w:val="00387685"/>
     <w:rsid w:val="0039078C"/>
     <w:rsid w:val="00390AA6"/>
     <w:rsid w:val="00390B02"/>
     <w:rsid w:val="00393064"/>
+    <w:rsid w:val="003930EF"/>
     <w:rsid w:val="0039431F"/>
     <w:rsid w:val="003944FF"/>
     <w:rsid w:val="00394BD3"/>
     <w:rsid w:val="00394D11"/>
     <w:rsid w:val="003953D6"/>
     <w:rsid w:val="00396ABB"/>
     <w:rsid w:val="00397070"/>
     <w:rsid w:val="00397623"/>
     <w:rsid w:val="00397C4A"/>
     <w:rsid w:val="003A0274"/>
     <w:rsid w:val="003A09B9"/>
     <w:rsid w:val="003A0EBF"/>
     <w:rsid w:val="003A166C"/>
     <w:rsid w:val="003A2E44"/>
     <w:rsid w:val="003A3740"/>
+    <w:rsid w:val="003A3F08"/>
     <w:rsid w:val="003A402A"/>
+    <w:rsid w:val="003A4AD7"/>
     <w:rsid w:val="003A4F0A"/>
     <w:rsid w:val="003A4FB5"/>
     <w:rsid w:val="003A5076"/>
     <w:rsid w:val="003A6F9C"/>
     <w:rsid w:val="003A7656"/>
     <w:rsid w:val="003B0087"/>
     <w:rsid w:val="003B070E"/>
     <w:rsid w:val="003B0A6C"/>
     <w:rsid w:val="003B0F93"/>
+    <w:rsid w:val="003B1723"/>
     <w:rsid w:val="003B1E32"/>
     <w:rsid w:val="003B2551"/>
     <w:rsid w:val="003B3712"/>
+    <w:rsid w:val="003B4FDA"/>
     <w:rsid w:val="003B64AA"/>
     <w:rsid w:val="003B7326"/>
     <w:rsid w:val="003B7F2E"/>
     <w:rsid w:val="003C0722"/>
     <w:rsid w:val="003C0C66"/>
     <w:rsid w:val="003C1619"/>
+    <w:rsid w:val="003C1D8B"/>
     <w:rsid w:val="003C21BB"/>
+    <w:rsid w:val="003C23A6"/>
     <w:rsid w:val="003C2B44"/>
     <w:rsid w:val="003C4241"/>
     <w:rsid w:val="003C4F28"/>
+    <w:rsid w:val="003C5731"/>
     <w:rsid w:val="003C63AA"/>
+    <w:rsid w:val="003C676B"/>
     <w:rsid w:val="003C6D39"/>
     <w:rsid w:val="003C7D69"/>
     <w:rsid w:val="003D0B1B"/>
     <w:rsid w:val="003D0FE0"/>
     <w:rsid w:val="003D16C2"/>
     <w:rsid w:val="003D19DD"/>
     <w:rsid w:val="003D26E4"/>
     <w:rsid w:val="003D37C3"/>
     <w:rsid w:val="003D3C8B"/>
     <w:rsid w:val="003D3F56"/>
+    <w:rsid w:val="003D3F6E"/>
     <w:rsid w:val="003D52EE"/>
     <w:rsid w:val="003D5C01"/>
+    <w:rsid w:val="003D6FD1"/>
     <w:rsid w:val="003D77E0"/>
+    <w:rsid w:val="003E01A0"/>
+    <w:rsid w:val="003E08CE"/>
     <w:rsid w:val="003E0BEB"/>
     <w:rsid w:val="003E1131"/>
     <w:rsid w:val="003E159C"/>
     <w:rsid w:val="003E3D34"/>
     <w:rsid w:val="003E3E7E"/>
     <w:rsid w:val="003E41E1"/>
+    <w:rsid w:val="003E4B93"/>
     <w:rsid w:val="003E55E0"/>
     <w:rsid w:val="003E6D7C"/>
     <w:rsid w:val="003E6E5C"/>
     <w:rsid w:val="003E73DB"/>
+    <w:rsid w:val="003E7508"/>
     <w:rsid w:val="003E7D00"/>
     <w:rsid w:val="003F00D2"/>
     <w:rsid w:val="003F01E3"/>
     <w:rsid w:val="003F0F9E"/>
+    <w:rsid w:val="003F15B4"/>
     <w:rsid w:val="003F1732"/>
     <w:rsid w:val="003F23AB"/>
     <w:rsid w:val="003F45E3"/>
     <w:rsid w:val="003F5F6E"/>
     <w:rsid w:val="003F6567"/>
     <w:rsid w:val="003F6D35"/>
+    <w:rsid w:val="003F7269"/>
     <w:rsid w:val="003F7E62"/>
     <w:rsid w:val="00400039"/>
     <w:rsid w:val="00400B12"/>
+    <w:rsid w:val="00400DBB"/>
     <w:rsid w:val="004016FC"/>
     <w:rsid w:val="00401A43"/>
     <w:rsid w:val="00401D8D"/>
     <w:rsid w:val="00402E5F"/>
+    <w:rsid w:val="00404609"/>
     <w:rsid w:val="00405F5C"/>
     <w:rsid w:val="0040605E"/>
     <w:rsid w:val="00406D68"/>
     <w:rsid w:val="00407D50"/>
-    <w:rsid w:val="00410FB1"/>
+    <w:rsid w:val="00410D59"/>
     <w:rsid w:val="004111D2"/>
+    <w:rsid w:val="004113A5"/>
     <w:rsid w:val="00411D35"/>
-    <w:rsid w:val="00412436"/>
+    <w:rsid w:val="004134B0"/>
     <w:rsid w:val="004135BA"/>
     <w:rsid w:val="00413D15"/>
     <w:rsid w:val="00414946"/>
     <w:rsid w:val="00414B08"/>
     <w:rsid w:val="00414D02"/>
+    <w:rsid w:val="00414DE6"/>
     <w:rsid w:val="00415422"/>
+    <w:rsid w:val="00416E97"/>
     <w:rsid w:val="004170CB"/>
     <w:rsid w:val="004201D0"/>
+    <w:rsid w:val="004210E9"/>
+    <w:rsid w:val="00421803"/>
     <w:rsid w:val="004219B3"/>
     <w:rsid w:val="004220FB"/>
     <w:rsid w:val="00423353"/>
+    <w:rsid w:val="00423368"/>
     <w:rsid w:val="00424213"/>
     <w:rsid w:val="00424CC3"/>
     <w:rsid w:val="0042599D"/>
     <w:rsid w:val="00425BB0"/>
+    <w:rsid w:val="00426744"/>
     <w:rsid w:val="004267B0"/>
+    <w:rsid w:val="004275F7"/>
     <w:rsid w:val="004278DA"/>
     <w:rsid w:val="00427917"/>
     <w:rsid w:val="00430B11"/>
     <w:rsid w:val="004318A7"/>
+    <w:rsid w:val="00431B13"/>
     <w:rsid w:val="00431BFA"/>
     <w:rsid w:val="004320B5"/>
     <w:rsid w:val="004333E0"/>
     <w:rsid w:val="00433ED1"/>
     <w:rsid w:val="004359B0"/>
+    <w:rsid w:val="004367AA"/>
     <w:rsid w:val="00437434"/>
     <w:rsid w:val="004376DF"/>
     <w:rsid w:val="0043777F"/>
     <w:rsid w:val="00440124"/>
+    <w:rsid w:val="00440F76"/>
     <w:rsid w:val="0044112A"/>
     <w:rsid w:val="0044278E"/>
     <w:rsid w:val="00443689"/>
     <w:rsid w:val="00443BBC"/>
     <w:rsid w:val="004442FF"/>
     <w:rsid w:val="00445131"/>
     <w:rsid w:val="0044616A"/>
     <w:rsid w:val="00446975"/>
     <w:rsid w:val="00446B29"/>
     <w:rsid w:val="00446BB3"/>
     <w:rsid w:val="00450E9B"/>
     <w:rsid w:val="00453729"/>
     <w:rsid w:val="00453942"/>
     <w:rsid w:val="0045496E"/>
     <w:rsid w:val="00454A8D"/>
     <w:rsid w:val="0045555A"/>
     <w:rsid w:val="00455963"/>
     <w:rsid w:val="00455F6A"/>
+    <w:rsid w:val="00457DB9"/>
     <w:rsid w:val="00457F07"/>
     <w:rsid w:val="00460462"/>
     <w:rsid w:val="0046061C"/>
     <w:rsid w:val="00460A46"/>
     <w:rsid w:val="00461EF0"/>
     <w:rsid w:val="00462D27"/>
     <w:rsid w:val="00463633"/>
     <w:rsid w:val="00463685"/>
     <w:rsid w:val="00463F2B"/>
     <w:rsid w:val="00464B95"/>
     <w:rsid w:val="00465515"/>
+    <w:rsid w:val="0046588D"/>
     <w:rsid w:val="004676CF"/>
     <w:rsid w:val="00467CD8"/>
-    <w:rsid w:val="0047049C"/>
     <w:rsid w:val="004704FC"/>
+    <w:rsid w:val="004706D1"/>
     <w:rsid w:val="004708F4"/>
+    <w:rsid w:val="00470B80"/>
     <w:rsid w:val="0047175A"/>
+    <w:rsid w:val="004717A4"/>
     <w:rsid w:val="00472B65"/>
     <w:rsid w:val="00472C1E"/>
     <w:rsid w:val="00472C7A"/>
     <w:rsid w:val="00474E4B"/>
     <w:rsid w:val="004763D3"/>
     <w:rsid w:val="004767DB"/>
+    <w:rsid w:val="00476A0A"/>
     <w:rsid w:val="004807E3"/>
     <w:rsid w:val="004809E2"/>
     <w:rsid w:val="00480A13"/>
     <w:rsid w:val="00480AFB"/>
     <w:rsid w:val="00481D76"/>
     <w:rsid w:val="00483093"/>
     <w:rsid w:val="004830BC"/>
-    <w:rsid w:val="00483A28"/>
     <w:rsid w:val="00484EAD"/>
     <w:rsid w:val="00485231"/>
     <w:rsid w:val="0048560D"/>
     <w:rsid w:val="00485759"/>
     <w:rsid w:val="00486B03"/>
     <w:rsid w:val="00486CAF"/>
+    <w:rsid w:val="0049168D"/>
     <w:rsid w:val="004925F2"/>
     <w:rsid w:val="00493427"/>
     <w:rsid w:val="004936DE"/>
     <w:rsid w:val="00493994"/>
     <w:rsid w:val="00493A8B"/>
     <w:rsid w:val="00493B8E"/>
     <w:rsid w:val="00493E2B"/>
     <w:rsid w:val="004942EF"/>
     <w:rsid w:val="0049431D"/>
+    <w:rsid w:val="0049500D"/>
     <w:rsid w:val="00495372"/>
     <w:rsid w:val="00497CF9"/>
     <w:rsid w:val="004A000E"/>
-    <w:rsid w:val="004A0C77"/>
     <w:rsid w:val="004A1243"/>
+    <w:rsid w:val="004A14CE"/>
     <w:rsid w:val="004A1500"/>
     <w:rsid w:val="004A18B8"/>
     <w:rsid w:val="004A206E"/>
     <w:rsid w:val="004A20B1"/>
+    <w:rsid w:val="004A3176"/>
     <w:rsid w:val="004A3706"/>
     <w:rsid w:val="004A3DAC"/>
     <w:rsid w:val="004A4A52"/>
+    <w:rsid w:val="004A4D80"/>
     <w:rsid w:val="004A5490"/>
+    <w:rsid w:val="004A6551"/>
     <w:rsid w:val="004A6BDA"/>
+    <w:rsid w:val="004B05DC"/>
     <w:rsid w:val="004B0DEF"/>
     <w:rsid w:val="004B1372"/>
     <w:rsid w:val="004B20B0"/>
     <w:rsid w:val="004B36CD"/>
     <w:rsid w:val="004B3CE3"/>
     <w:rsid w:val="004B4663"/>
     <w:rsid w:val="004B4D57"/>
     <w:rsid w:val="004B707C"/>
     <w:rsid w:val="004B7239"/>
     <w:rsid w:val="004B779C"/>
     <w:rsid w:val="004C0F30"/>
     <w:rsid w:val="004C2212"/>
     <w:rsid w:val="004C2A46"/>
     <w:rsid w:val="004C3B19"/>
     <w:rsid w:val="004C3BA8"/>
+    <w:rsid w:val="004C515D"/>
     <w:rsid w:val="004C5DD4"/>
     <w:rsid w:val="004C61FD"/>
-    <w:rsid w:val="004C6217"/>
     <w:rsid w:val="004C641C"/>
     <w:rsid w:val="004C71F6"/>
     <w:rsid w:val="004C7C39"/>
     <w:rsid w:val="004D0568"/>
     <w:rsid w:val="004D1070"/>
     <w:rsid w:val="004D159C"/>
+    <w:rsid w:val="004D1B0E"/>
+    <w:rsid w:val="004D345F"/>
+    <w:rsid w:val="004D4092"/>
     <w:rsid w:val="004D522F"/>
     <w:rsid w:val="004D5422"/>
     <w:rsid w:val="004D6590"/>
     <w:rsid w:val="004E011A"/>
     <w:rsid w:val="004E03F2"/>
     <w:rsid w:val="004E0FE6"/>
     <w:rsid w:val="004E11A9"/>
     <w:rsid w:val="004E2744"/>
+    <w:rsid w:val="004E37E4"/>
     <w:rsid w:val="004E4E74"/>
     <w:rsid w:val="004E54E4"/>
     <w:rsid w:val="004E6E9F"/>
     <w:rsid w:val="004F2B17"/>
     <w:rsid w:val="004F326E"/>
     <w:rsid w:val="004F3870"/>
     <w:rsid w:val="004F44F1"/>
     <w:rsid w:val="004F4639"/>
+    <w:rsid w:val="004F4898"/>
     <w:rsid w:val="004F5285"/>
+    <w:rsid w:val="004F6CDC"/>
+    <w:rsid w:val="005006F0"/>
     <w:rsid w:val="005024E4"/>
+    <w:rsid w:val="00502F22"/>
     <w:rsid w:val="0050316B"/>
     <w:rsid w:val="0050329D"/>
     <w:rsid w:val="005033B8"/>
+    <w:rsid w:val="005047AE"/>
+    <w:rsid w:val="00504A22"/>
     <w:rsid w:val="00504D45"/>
     <w:rsid w:val="00504F44"/>
+    <w:rsid w:val="00504FCB"/>
     <w:rsid w:val="0050550D"/>
     <w:rsid w:val="00505DCE"/>
     <w:rsid w:val="0050704C"/>
     <w:rsid w:val="00507062"/>
     <w:rsid w:val="005103F1"/>
     <w:rsid w:val="00512538"/>
     <w:rsid w:val="00512DC6"/>
     <w:rsid w:val="005140E8"/>
     <w:rsid w:val="005146A9"/>
+    <w:rsid w:val="0051527A"/>
     <w:rsid w:val="005157DE"/>
     <w:rsid w:val="00515F81"/>
     <w:rsid w:val="00516D7E"/>
     <w:rsid w:val="005171C3"/>
     <w:rsid w:val="00520F69"/>
     <w:rsid w:val="0052223F"/>
     <w:rsid w:val="005250DA"/>
     <w:rsid w:val="00525BD1"/>
     <w:rsid w:val="0052656D"/>
     <w:rsid w:val="00526783"/>
+    <w:rsid w:val="005268CE"/>
     <w:rsid w:val="00526ACC"/>
     <w:rsid w:val="00526AF5"/>
     <w:rsid w:val="0052730E"/>
-    <w:rsid w:val="005278FF"/>
+    <w:rsid w:val="00527A80"/>
     <w:rsid w:val="00527BD3"/>
     <w:rsid w:val="00527DFB"/>
     <w:rsid w:val="005300B4"/>
     <w:rsid w:val="0053090F"/>
     <w:rsid w:val="00531D89"/>
     <w:rsid w:val="00532924"/>
     <w:rsid w:val="00532C5E"/>
     <w:rsid w:val="00532CE1"/>
     <w:rsid w:val="00533878"/>
-    <w:rsid w:val="005363CE"/>
+    <w:rsid w:val="005341AC"/>
     <w:rsid w:val="00536605"/>
+    <w:rsid w:val="00536631"/>
     <w:rsid w:val="005379EB"/>
     <w:rsid w:val="00542CFC"/>
     <w:rsid w:val="00544AB1"/>
     <w:rsid w:val="0054524A"/>
     <w:rsid w:val="00546497"/>
     <w:rsid w:val="00546796"/>
     <w:rsid w:val="00546F7A"/>
+    <w:rsid w:val="00547254"/>
     <w:rsid w:val="00547582"/>
     <w:rsid w:val="00547A67"/>
+    <w:rsid w:val="00547C2E"/>
     <w:rsid w:val="00550489"/>
     <w:rsid w:val="00551893"/>
     <w:rsid w:val="00551B56"/>
+    <w:rsid w:val="005534E6"/>
     <w:rsid w:val="00553A22"/>
     <w:rsid w:val="00553B3D"/>
     <w:rsid w:val="00553C4E"/>
     <w:rsid w:val="00553F50"/>
-    <w:rsid w:val="005545AF"/>
     <w:rsid w:val="0055659F"/>
     <w:rsid w:val="0055753D"/>
+    <w:rsid w:val="005601AF"/>
     <w:rsid w:val="00560A3B"/>
     <w:rsid w:val="00560D05"/>
-    <w:rsid w:val="00560E89"/>
     <w:rsid w:val="00560FFC"/>
+    <w:rsid w:val="00561235"/>
     <w:rsid w:val="00563064"/>
+    <w:rsid w:val="00564A2E"/>
     <w:rsid w:val="00564F73"/>
     <w:rsid w:val="00566B77"/>
+    <w:rsid w:val="00567E3C"/>
     <w:rsid w:val="00570350"/>
     <w:rsid w:val="00572185"/>
     <w:rsid w:val="005721E4"/>
     <w:rsid w:val="00572610"/>
     <w:rsid w:val="00572A49"/>
     <w:rsid w:val="00574454"/>
     <w:rsid w:val="00574FEF"/>
     <w:rsid w:val="005751A6"/>
     <w:rsid w:val="005770D6"/>
     <w:rsid w:val="00577431"/>
     <w:rsid w:val="00577950"/>
     <w:rsid w:val="0058052C"/>
     <w:rsid w:val="005808C4"/>
+    <w:rsid w:val="00581369"/>
+    <w:rsid w:val="00581E69"/>
     <w:rsid w:val="00581F9B"/>
     <w:rsid w:val="00582017"/>
     <w:rsid w:val="0058238E"/>
     <w:rsid w:val="00582E74"/>
     <w:rsid w:val="00583C23"/>
     <w:rsid w:val="00583EFA"/>
     <w:rsid w:val="00584153"/>
     <w:rsid w:val="0058536E"/>
     <w:rsid w:val="0058579F"/>
     <w:rsid w:val="005859E4"/>
     <w:rsid w:val="00585A6D"/>
     <w:rsid w:val="00585EEC"/>
     <w:rsid w:val="00586059"/>
     <w:rsid w:val="0058761C"/>
     <w:rsid w:val="00590509"/>
     <w:rsid w:val="00590D4D"/>
     <w:rsid w:val="005911B6"/>
     <w:rsid w:val="00593EC9"/>
     <w:rsid w:val="00594E02"/>
     <w:rsid w:val="005966D8"/>
+    <w:rsid w:val="005972C4"/>
     <w:rsid w:val="005A11DF"/>
+    <w:rsid w:val="005A1218"/>
     <w:rsid w:val="005A1505"/>
+    <w:rsid w:val="005A17B0"/>
+    <w:rsid w:val="005A2196"/>
     <w:rsid w:val="005A23E2"/>
     <w:rsid w:val="005A3289"/>
     <w:rsid w:val="005A3695"/>
+    <w:rsid w:val="005A5638"/>
     <w:rsid w:val="005A74CC"/>
+    <w:rsid w:val="005B0AB7"/>
     <w:rsid w:val="005B0D40"/>
     <w:rsid w:val="005B2D57"/>
     <w:rsid w:val="005B765E"/>
     <w:rsid w:val="005C0187"/>
     <w:rsid w:val="005C0515"/>
     <w:rsid w:val="005C1718"/>
     <w:rsid w:val="005C18FC"/>
-    <w:rsid w:val="005C1D72"/>
     <w:rsid w:val="005C1DF3"/>
-    <w:rsid w:val="005C25B7"/>
+    <w:rsid w:val="005C2200"/>
     <w:rsid w:val="005C456F"/>
     <w:rsid w:val="005C4E86"/>
+    <w:rsid w:val="005C528B"/>
     <w:rsid w:val="005C568C"/>
     <w:rsid w:val="005C570A"/>
     <w:rsid w:val="005C5D40"/>
+    <w:rsid w:val="005C5F28"/>
     <w:rsid w:val="005C6318"/>
     <w:rsid w:val="005C694E"/>
     <w:rsid w:val="005C6BE4"/>
     <w:rsid w:val="005C6FBC"/>
     <w:rsid w:val="005C7088"/>
     <w:rsid w:val="005C7916"/>
     <w:rsid w:val="005D07F5"/>
     <w:rsid w:val="005D3C95"/>
+    <w:rsid w:val="005D47F9"/>
+    <w:rsid w:val="005D621E"/>
     <w:rsid w:val="005D77EF"/>
     <w:rsid w:val="005E0E16"/>
     <w:rsid w:val="005E1359"/>
     <w:rsid w:val="005E157F"/>
     <w:rsid w:val="005E17EF"/>
     <w:rsid w:val="005E1B02"/>
     <w:rsid w:val="005E1F80"/>
     <w:rsid w:val="005E225A"/>
+    <w:rsid w:val="005E23B1"/>
     <w:rsid w:val="005E2AB5"/>
     <w:rsid w:val="005E375A"/>
+    <w:rsid w:val="005E376C"/>
     <w:rsid w:val="005E4EAB"/>
+    <w:rsid w:val="005E52A8"/>
     <w:rsid w:val="005E593F"/>
     <w:rsid w:val="005E5952"/>
     <w:rsid w:val="005E5D53"/>
     <w:rsid w:val="005E68F9"/>
     <w:rsid w:val="005E6900"/>
     <w:rsid w:val="005E6949"/>
     <w:rsid w:val="005E6C39"/>
+    <w:rsid w:val="005F0C96"/>
     <w:rsid w:val="005F24F9"/>
     <w:rsid w:val="005F2CEF"/>
     <w:rsid w:val="005F35CB"/>
+    <w:rsid w:val="005F4210"/>
+    <w:rsid w:val="005F5705"/>
     <w:rsid w:val="005F57B1"/>
     <w:rsid w:val="005F58CE"/>
+    <w:rsid w:val="005F61C8"/>
+    <w:rsid w:val="005F693A"/>
     <w:rsid w:val="005F74BC"/>
+    <w:rsid w:val="005F7515"/>
     <w:rsid w:val="006002D5"/>
     <w:rsid w:val="0060056C"/>
     <w:rsid w:val="00600FA0"/>
+    <w:rsid w:val="00601281"/>
     <w:rsid w:val="00602D1F"/>
     <w:rsid w:val="00604D2C"/>
     <w:rsid w:val="006050F6"/>
     <w:rsid w:val="0060606B"/>
+    <w:rsid w:val="00610441"/>
     <w:rsid w:val="00611C9B"/>
     <w:rsid w:val="00612096"/>
     <w:rsid w:val="006120A0"/>
+    <w:rsid w:val="006122F9"/>
     <w:rsid w:val="0061235C"/>
+    <w:rsid w:val="00612470"/>
     <w:rsid w:val="006128C2"/>
     <w:rsid w:val="00612FED"/>
+    <w:rsid w:val="006146C2"/>
+    <w:rsid w:val="00615E9F"/>
     <w:rsid w:val="006172C8"/>
     <w:rsid w:val="0061798B"/>
     <w:rsid w:val="00617D69"/>
     <w:rsid w:val="00620527"/>
+    <w:rsid w:val="00620571"/>
     <w:rsid w:val="00620AB1"/>
     <w:rsid w:val="00620AB3"/>
     <w:rsid w:val="00621A83"/>
     <w:rsid w:val="00622024"/>
     <w:rsid w:val="00623707"/>
     <w:rsid w:val="00623857"/>
+    <w:rsid w:val="00623C6F"/>
+    <w:rsid w:val="00623FD8"/>
     <w:rsid w:val="006242E3"/>
     <w:rsid w:val="00624C0C"/>
     <w:rsid w:val="00624F55"/>
     <w:rsid w:val="0062501D"/>
     <w:rsid w:val="00626029"/>
     <w:rsid w:val="0062630E"/>
     <w:rsid w:val="00626949"/>
     <w:rsid w:val="0063039B"/>
     <w:rsid w:val="006307F0"/>
+    <w:rsid w:val="00630CAE"/>
     <w:rsid w:val="00631529"/>
     <w:rsid w:val="006325D9"/>
     <w:rsid w:val="0063427D"/>
     <w:rsid w:val="006342D6"/>
     <w:rsid w:val="00635751"/>
+    <w:rsid w:val="00636ABC"/>
     <w:rsid w:val="00637176"/>
+    <w:rsid w:val="00641E7D"/>
     <w:rsid w:val="00642899"/>
     <w:rsid w:val="00643116"/>
     <w:rsid w:val="006436F0"/>
     <w:rsid w:val="006437E2"/>
     <w:rsid w:val="00644092"/>
     <w:rsid w:val="0064478B"/>
     <w:rsid w:val="006450FE"/>
     <w:rsid w:val="00645B1E"/>
     <w:rsid w:val="00646CCE"/>
     <w:rsid w:val="00647045"/>
     <w:rsid w:val="00647E42"/>
+    <w:rsid w:val="00650E8A"/>
     <w:rsid w:val="0065241B"/>
     <w:rsid w:val="006528B1"/>
     <w:rsid w:val="0065324D"/>
     <w:rsid w:val="00653BA9"/>
     <w:rsid w:val="00655D62"/>
     <w:rsid w:val="006563A3"/>
     <w:rsid w:val="00656BA2"/>
     <w:rsid w:val="00656EB4"/>
+    <w:rsid w:val="00657B18"/>
     <w:rsid w:val="00660167"/>
     <w:rsid w:val="00661400"/>
     <w:rsid w:val="00661D34"/>
     <w:rsid w:val="006622B8"/>
     <w:rsid w:val="0066332E"/>
     <w:rsid w:val="00663472"/>
     <w:rsid w:val="00664D92"/>
-    <w:rsid w:val="006650DF"/>
     <w:rsid w:val="00666198"/>
     <w:rsid w:val="00666BD1"/>
     <w:rsid w:val="00667179"/>
     <w:rsid w:val="0066721D"/>
     <w:rsid w:val="006672A6"/>
     <w:rsid w:val="00667E14"/>
+    <w:rsid w:val="00667F98"/>
     <w:rsid w:val="0067035C"/>
     <w:rsid w:val="00670865"/>
     <w:rsid w:val="00670883"/>
     <w:rsid w:val="00670C23"/>
     <w:rsid w:val="00670EDC"/>
+    <w:rsid w:val="00671528"/>
     <w:rsid w:val="0067177A"/>
     <w:rsid w:val="00671C3D"/>
     <w:rsid w:val="00673E12"/>
     <w:rsid w:val="0067409D"/>
     <w:rsid w:val="006748F8"/>
     <w:rsid w:val="0067572C"/>
-    <w:rsid w:val="00675F41"/>
     <w:rsid w:val="00676638"/>
     <w:rsid w:val="006773C6"/>
     <w:rsid w:val="00677BFB"/>
     <w:rsid w:val="00677C6D"/>
     <w:rsid w:val="0068019B"/>
     <w:rsid w:val="00680429"/>
     <w:rsid w:val="0068074A"/>
     <w:rsid w:val="006815F6"/>
     <w:rsid w:val="0068231F"/>
+    <w:rsid w:val="006825B4"/>
     <w:rsid w:val="00682796"/>
     <w:rsid w:val="00682F37"/>
     <w:rsid w:val="006833D7"/>
+    <w:rsid w:val="00685449"/>
+    <w:rsid w:val="00685DD7"/>
     <w:rsid w:val="00686372"/>
     <w:rsid w:val="006867D4"/>
     <w:rsid w:val="00686A45"/>
+    <w:rsid w:val="00686FAF"/>
     <w:rsid w:val="00687391"/>
     <w:rsid w:val="0068753C"/>
     <w:rsid w:val="00687A93"/>
     <w:rsid w:val="0069050E"/>
     <w:rsid w:val="00690895"/>
     <w:rsid w:val="006908A2"/>
+    <w:rsid w:val="00691260"/>
     <w:rsid w:val="006919C3"/>
     <w:rsid w:val="00693668"/>
     <w:rsid w:val="00694D1C"/>
     <w:rsid w:val="006953D0"/>
     <w:rsid w:val="00695919"/>
     <w:rsid w:val="00696F69"/>
-    <w:rsid w:val="006A007F"/>
+    <w:rsid w:val="006974F0"/>
+    <w:rsid w:val="00697719"/>
+    <w:rsid w:val="00697FA8"/>
     <w:rsid w:val="006A0127"/>
     <w:rsid w:val="006A0982"/>
     <w:rsid w:val="006A0FEE"/>
     <w:rsid w:val="006A13D8"/>
     <w:rsid w:val="006A1555"/>
+    <w:rsid w:val="006A1C1D"/>
+    <w:rsid w:val="006A398A"/>
     <w:rsid w:val="006A48DF"/>
     <w:rsid w:val="006A5704"/>
     <w:rsid w:val="006A58A9"/>
     <w:rsid w:val="006A6793"/>
     <w:rsid w:val="006A6CA3"/>
     <w:rsid w:val="006A7651"/>
     <w:rsid w:val="006B028B"/>
     <w:rsid w:val="006B18B6"/>
-    <w:rsid w:val="006B22DC"/>
+    <w:rsid w:val="006B2C60"/>
     <w:rsid w:val="006B2E82"/>
     <w:rsid w:val="006B4159"/>
     <w:rsid w:val="006B4386"/>
+    <w:rsid w:val="006B4607"/>
+    <w:rsid w:val="006B538F"/>
     <w:rsid w:val="006B5B1C"/>
     <w:rsid w:val="006B5FC6"/>
+    <w:rsid w:val="006B6A90"/>
     <w:rsid w:val="006B6FD8"/>
     <w:rsid w:val="006B70D0"/>
     <w:rsid w:val="006C253B"/>
     <w:rsid w:val="006C272D"/>
     <w:rsid w:val="006C2A1F"/>
     <w:rsid w:val="006C2AB8"/>
     <w:rsid w:val="006C2EB0"/>
     <w:rsid w:val="006C3C16"/>
+    <w:rsid w:val="006C3C2B"/>
     <w:rsid w:val="006C5E05"/>
     <w:rsid w:val="006C6C62"/>
     <w:rsid w:val="006D1240"/>
     <w:rsid w:val="006D23D2"/>
     <w:rsid w:val="006D28C3"/>
     <w:rsid w:val="006D375B"/>
     <w:rsid w:val="006D3AD2"/>
     <w:rsid w:val="006D3F51"/>
     <w:rsid w:val="006D4B67"/>
     <w:rsid w:val="006D53F1"/>
     <w:rsid w:val="006D54AF"/>
     <w:rsid w:val="006D5E09"/>
+    <w:rsid w:val="006D6282"/>
     <w:rsid w:val="006D629D"/>
+    <w:rsid w:val="006D6D6D"/>
     <w:rsid w:val="006D76FA"/>
+    <w:rsid w:val="006E1246"/>
+    <w:rsid w:val="006E1CB5"/>
     <w:rsid w:val="006E1D8F"/>
     <w:rsid w:val="006E1E31"/>
     <w:rsid w:val="006E22F9"/>
     <w:rsid w:val="006E2D96"/>
     <w:rsid w:val="006E3049"/>
     <w:rsid w:val="006E34BB"/>
+    <w:rsid w:val="006E3746"/>
     <w:rsid w:val="006E3EFE"/>
+    <w:rsid w:val="006E4987"/>
     <w:rsid w:val="006E6612"/>
     <w:rsid w:val="006E6B1E"/>
     <w:rsid w:val="006E747E"/>
     <w:rsid w:val="006E7637"/>
     <w:rsid w:val="006E7927"/>
     <w:rsid w:val="006E7CCC"/>
+    <w:rsid w:val="006F05D1"/>
     <w:rsid w:val="006F1AF8"/>
     <w:rsid w:val="006F1F44"/>
     <w:rsid w:val="006F2455"/>
     <w:rsid w:val="006F40E9"/>
     <w:rsid w:val="006F4B77"/>
+    <w:rsid w:val="006F66C0"/>
     <w:rsid w:val="006F69C2"/>
     <w:rsid w:val="006F6CF4"/>
     <w:rsid w:val="006F7D82"/>
     <w:rsid w:val="00700EDE"/>
     <w:rsid w:val="0070280A"/>
     <w:rsid w:val="007034F1"/>
     <w:rsid w:val="00707814"/>
     <w:rsid w:val="00707C44"/>
+    <w:rsid w:val="00707D42"/>
     <w:rsid w:val="00707E0A"/>
     <w:rsid w:val="007111B1"/>
     <w:rsid w:val="007117B5"/>
+    <w:rsid w:val="00711ACD"/>
     <w:rsid w:val="00711C18"/>
     <w:rsid w:val="0071225E"/>
-    <w:rsid w:val="00712483"/>
     <w:rsid w:val="007125DA"/>
     <w:rsid w:val="00712F21"/>
     <w:rsid w:val="0071379B"/>
     <w:rsid w:val="00713A7E"/>
     <w:rsid w:val="00713BF9"/>
+    <w:rsid w:val="00713C7E"/>
+    <w:rsid w:val="00714B31"/>
     <w:rsid w:val="00714E89"/>
     <w:rsid w:val="00714FC1"/>
+    <w:rsid w:val="00720B3A"/>
     <w:rsid w:val="00720F1A"/>
+    <w:rsid w:val="0072113C"/>
     <w:rsid w:val="0072127B"/>
     <w:rsid w:val="007212AB"/>
     <w:rsid w:val="007212BA"/>
     <w:rsid w:val="007215EB"/>
     <w:rsid w:val="00721819"/>
     <w:rsid w:val="00722F05"/>
     <w:rsid w:val="007232E0"/>
     <w:rsid w:val="0072435E"/>
     <w:rsid w:val="00724D4B"/>
     <w:rsid w:val="00726278"/>
     <w:rsid w:val="007276D3"/>
     <w:rsid w:val="00727E12"/>
     <w:rsid w:val="00730D94"/>
-    <w:rsid w:val="00731A2E"/>
+    <w:rsid w:val="007312B1"/>
     <w:rsid w:val="00731D5C"/>
     <w:rsid w:val="00731DFB"/>
     <w:rsid w:val="007328A8"/>
     <w:rsid w:val="00733088"/>
     <w:rsid w:val="00733A4C"/>
+    <w:rsid w:val="00733C80"/>
+    <w:rsid w:val="00734CD1"/>
     <w:rsid w:val="0073681A"/>
     <w:rsid w:val="00736F40"/>
+    <w:rsid w:val="00737878"/>
+    <w:rsid w:val="00737A25"/>
+    <w:rsid w:val="00737C8B"/>
     <w:rsid w:val="00740297"/>
     <w:rsid w:val="007409A2"/>
     <w:rsid w:val="00740DE2"/>
     <w:rsid w:val="00741134"/>
     <w:rsid w:val="0074137D"/>
     <w:rsid w:val="00741569"/>
     <w:rsid w:val="00742C3C"/>
     <w:rsid w:val="00743C1C"/>
+    <w:rsid w:val="007458BC"/>
+    <w:rsid w:val="0074671A"/>
     <w:rsid w:val="00746DE4"/>
+    <w:rsid w:val="0074756F"/>
     <w:rsid w:val="0075112A"/>
     <w:rsid w:val="00751618"/>
     <w:rsid w:val="00751B17"/>
     <w:rsid w:val="00751F9F"/>
     <w:rsid w:val="0075266A"/>
     <w:rsid w:val="00752D59"/>
+    <w:rsid w:val="0075463E"/>
     <w:rsid w:val="00755A1E"/>
     <w:rsid w:val="007574D4"/>
     <w:rsid w:val="007603C6"/>
     <w:rsid w:val="007617A4"/>
     <w:rsid w:val="0076276D"/>
     <w:rsid w:val="0076281B"/>
     <w:rsid w:val="00763541"/>
     <w:rsid w:val="007637DC"/>
     <w:rsid w:val="00763F01"/>
     <w:rsid w:val="007640D1"/>
     <w:rsid w:val="0076466E"/>
     <w:rsid w:val="00764C41"/>
     <w:rsid w:val="007650FE"/>
+    <w:rsid w:val="00767448"/>
     <w:rsid w:val="0077238F"/>
     <w:rsid w:val="00773332"/>
     <w:rsid w:val="0077402F"/>
     <w:rsid w:val="00774397"/>
     <w:rsid w:val="00776DB8"/>
     <w:rsid w:val="00776DC3"/>
     <w:rsid w:val="00777163"/>
     <w:rsid w:val="00777658"/>
     <w:rsid w:val="00780AF2"/>
     <w:rsid w:val="00781023"/>
     <w:rsid w:val="00781B15"/>
+    <w:rsid w:val="00781E9A"/>
     <w:rsid w:val="007827F0"/>
     <w:rsid w:val="00783312"/>
     <w:rsid w:val="00783B9B"/>
     <w:rsid w:val="00786847"/>
+    <w:rsid w:val="007873AF"/>
+    <w:rsid w:val="00787750"/>
     <w:rsid w:val="007877AB"/>
+    <w:rsid w:val="007877F0"/>
     <w:rsid w:val="00787A06"/>
     <w:rsid w:val="00790D31"/>
     <w:rsid w:val="00793361"/>
     <w:rsid w:val="00793C6B"/>
     <w:rsid w:val="00794A20"/>
     <w:rsid w:val="00795231"/>
     <w:rsid w:val="0079553C"/>
     <w:rsid w:val="00796605"/>
-    <w:rsid w:val="00796D23"/>
     <w:rsid w:val="007971B5"/>
     <w:rsid w:val="00797D11"/>
     <w:rsid w:val="007A095F"/>
     <w:rsid w:val="007A0A3E"/>
     <w:rsid w:val="007A10F3"/>
     <w:rsid w:val="007A1F4F"/>
     <w:rsid w:val="007A20F3"/>
     <w:rsid w:val="007A2716"/>
     <w:rsid w:val="007A2E7D"/>
+    <w:rsid w:val="007A307D"/>
     <w:rsid w:val="007A35DC"/>
     <w:rsid w:val="007A3780"/>
     <w:rsid w:val="007A3FF2"/>
+    <w:rsid w:val="007A6F47"/>
     <w:rsid w:val="007A74CE"/>
     <w:rsid w:val="007A7DB9"/>
     <w:rsid w:val="007B0638"/>
     <w:rsid w:val="007B0F3E"/>
     <w:rsid w:val="007B1BB5"/>
     <w:rsid w:val="007B1DAA"/>
+    <w:rsid w:val="007B28E1"/>
+    <w:rsid w:val="007B4114"/>
     <w:rsid w:val="007B4A71"/>
     <w:rsid w:val="007B4CDA"/>
     <w:rsid w:val="007B57CF"/>
     <w:rsid w:val="007B652D"/>
     <w:rsid w:val="007B740D"/>
     <w:rsid w:val="007B7E66"/>
     <w:rsid w:val="007C0C37"/>
     <w:rsid w:val="007C11D4"/>
     <w:rsid w:val="007C2EC7"/>
     <w:rsid w:val="007C5699"/>
+    <w:rsid w:val="007C671C"/>
     <w:rsid w:val="007C74E1"/>
     <w:rsid w:val="007C7695"/>
     <w:rsid w:val="007D0FDA"/>
     <w:rsid w:val="007D139E"/>
+    <w:rsid w:val="007D21FD"/>
     <w:rsid w:val="007D2CC0"/>
     <w:rsid w:val="007D4AC1"/>
+    <w:rsid w:val="007D4DC1"/>
     <w:rsid w:val="007D586E"/>
     <w:rsid w:val="007D5EBC"/>
     <w:rsid w:val="007D6238"/>
     <w:rsid w:val="007D688B"/>
     <w:rsid w:val="007D68E6"/>
     <w:rsid w:val="007D7F4D"/>
+    <w:rsid w:val="007E0104"/>
     <w:rsid w:val="007E0408"/>
     <w:rsid w:val="007E18A5"/>
     <w:rsid w:val="007E28E0"/>
     <w:rsid w:val="007E2946"/>
+    <w:rsid w:val="007E3ACC"/>
     <w:rsid w:val="007E4379"/>
     <w:rsid w:val="007E54DF"/>
     <w:rsid w:val="007E5DCA"/>
     <w:rsid w:val="007E5DFC"/>
     <w:rsid w:val="007E603A"/>
     <w:rsid w:val="007E751D"/>
     <w:rsid w:val="007F031F"/>
     <w:rsid w:val="007F1089"/>
     <w:rsid w:val="007F1CA8"/>
     <w:rsid w:val="007F22B5"/>
+    <w:rsid w:val="007F2762"/>
     <w:rsid w:val="007F3498"/>
     <w:rsid w:val="007F37D7"/>
     <w:rsid w:val="007F3F80"/>
+    <w:rsid w:val="007F4381"/>
     <w:rsid w:val="007F6D6C"/>
     <w:rsid w:val="007F76BC"/>
     <w:rsid w:val="00800053"/>
     <w:rsid w:val="00800A16"/>
     <w:rsid w:val="008024B8"/>
     <w:rsid w:val="0080266C"/>
     <w:rsid w:val="008028FD"/>
+    <w:rsid w:val="00804071"/>
     <w:rsid w:val="00804A75"/>
+    <w:rsid w:val="00804FB6"/>
+    <w:rsid w:val="0080503B"/>
     <w:rsid w:val="00805097"/>
     <w:rsid w:val="008057FF"/>
     <w:rsid w:val="00805D63"/>
     <w:rsid w:val="00806C7C"/>
     <w:rsid w:val="008122D7"/>
+    <w:rsid w:val="00812369"/>
+    <w:rsid w:val="00812774"/>
     <w:rsid w:val="00813277"/>
     <w:rsid w:val="008138D0"/>
+    <w:rsid w:val="008149AF"/>
     <w:rsid w:val="00814EFB"/>
     <w:rsid w:val="00815533"/>
     <w:rsid w:val="00815A1B"/>
     <w:rsid w:val="00816505"/>
     <w:rsid w:val="008171D2"/>
     <w:rsid w:val="00817BE5"/>
     <w:rsid w:val="00822162"/>
     <w:rsid w:val="00822661"/>
     <w:rsid w:val="008229F9"/>
     <w:rsid w:val="00822F38"/>
     <w:rsid w:val="00823B78"/>
+    <w:rsid w:val="00823D0F"/>
     <w:rsid w:val="00823E88"/>
     <w:rsid w:val="00823FE1"/>
     <w:rsid w:val="008246AD"/>
+    <w:rsid w:val="00824C97"/>
+    <w:rsid w:val="008251C1"/>
     <w:rsid w:val="0082684F"/>
+    <w:rsid w:val="00826935"/>
     <w:rsid w:val="00827E25"/>
     <w:rsid w:val="00830F53"/>
     <w:rsid w:val="00832079"/>
     <w:rsid w:val="00832426"/>
     <w:rsid w:val="00832994"/>
     <w:rsid w:val="00832FE4"/>
+    <w:rsid w:val="00833FC9"/>
     <w:rsid w:val="008341A9"/>
     <w:rsid w:val="008348AC"/>
     <w:rsid w:val="00835527"/>
     <w:rsid w:val="0083597B"/>
     <w:rsid w:val="00836067"/>
+    <w:rsid w:val="00836B03"/>
+    <w:rsid w:val="00836BCC"/>
     <w:rsid w:val="00836CFE"/>
     <w:rsid w:val="0083711E"/>
     <w:rsid w:val="008409C1"/>
     <w:rsid w:val="00840EE1"/>
     <w:rsid w:val="00841623"/>
     <w:rsid w:val="00842F28"/>
     <w:rsid w:val="00842F62"/>
     <w:rsid w:val="00843164"/>
     <w:rsid w:val="008436EA"/>
     <w:rsid w:val="00843F0A"/>
+    <w:rsid w:val="00844076"/>
     <w:rsid w:val="00845B71"/>
+    <w:rsid w:val="00845FEC"/>
     <w:rsid w:val="00846D2A"/>
     <w:rsid w:val="00846D53"/>
     <w:rsid w:val="00847F6C"/>
     <w:rsid w:val="00850377"/>
     <w:rsid w:val="00851078"/>
     <w:rsid w:val="00851B0F"/>
     <w:rsid w:val="0085273F"/>
+    <w:rsid w:val="00852CAA"/>
     <w:rsid w:val="00852F95"/>
     <w:rsid w:val="00853EC4"/>
     <w:rsid w:val="00854797"/>
     <w:rsid w:val="0085721A"/>
     <w:rsid w:val="00857267"/>
     <w:rsid w:val="008573C2"/>
     <w:rsid w:val="0086051B"/>
     <w:rsid w:val="0086114A"/>
     <w:rsid w:val="00862398"/>
     <w:rsid w:val="008632D4"/>
     <w:rsid w:val="008635C5"/>
+    <w:rsid w:val="00863B4A"/>
     <w:rsid w:val="00863F45"/>
     <w:rsid w:val="00864A70"/>
     <w:rsid w:val="0086599C"/>
     <w:rsid w:val="00865E1A"/>
     <w:rsid w:val="008662DE"/>
     <w:rsid w:val="00867413"/>
+    <w:rsid w:val="0086792B"/>
     <w:rsid w:val="00870E04"/>
     <w:rsid w:val="008718D0"/>
-    <w:rsid w:val="00872497"/>
     <w:rsid w:val="00873DEC"/>
     <w:rsid w:val="008745FF"/>
     <w:rsid w:val="00874964"/>
     <w:rsid w:val="0087553D"/>
     <w:rsid w:val="00875A3A"/>
+    <w:rsid w:val="008768D7"/>
     <w:rsid w:val="00876BD9"/>
     <w:rsid w:val="00877B35"/>
     <w:rsid w:val="00880C05"/>
     <w:rsid w:val="008814E4"/>
     <w:rsid w:val="00881524"/>
     <w:rsid w:val="00881C98"/>
     <w:rsid w:val="00881CAC"/>
     <w:rsid w:val="00881FEC"/>
     <w:rsid w:val="00882B14"/>
     <w:rsid w:val="00883695"/>
     <w:rsid w:val="00883C90"/>
     <w:rsid w:val="00884B03"/>
     <w:rsid w:val="00885694"/>
     <w:rsid w:val="00885AA4"/>
+    <w:rsid w:val="00891453"/>
     <w:rsid w:val="0089197B"/>
     <w:rsid w:val="00892534"/>
     <w:rsid w:val="00892793"/>
     <w:rsid w:val="00893B08"/>
     <w:rsid w:val="00893C13"/>
     <w:rsid w:val="00894416"/>
     <w:rsid w:val="0089553A"/>
     <w:rsid w:val="00895E96"/>
     <w:rsid w:val="00896334"/>
     <w:rsid w:val="00896FF9"/>
     <w:rsid w:val="00897A6B"/>
     <w:rsid w:val="00897D4D"/>
+    <w:rsid w:val="008A04D4"/>
     <w:rsid w:val="008A0540"/>
     <w:rsid w:val="008A0679"/>
     <w:rsid w:val="008A0832"/>
     <w:rsid w:val="008A0851"/>
     <w:rsid w:val="008A0865"/>
     <w:rsid w:val="008A0CE8"/>
     <w:rsid w:val="008A118D"/>
     <w:rsid w:val="008A15D8"/>
     <w:rsid w:val="008A1B2F"/>
     <w:rsid w:val="008A27E4"/>
     <w:rsid w:val="008A2928"/>
     <w:rsid w:val="008A3227"/>
     <w:rsid w:val="008A3C5F"/>
     <w:rsid w:val="008A4266"/>
     <w:rsid w:val="008A4724"/>
     <w:rsid w:val="008A4F2A"/>
     <w:rsid w:val="008A558A"/>
+    <w:rsid w:val="008A62C9"/>
+    <w:rsid w:val="008A657B"/>
+    <w:rsid w:val="008B0C4C"/>
     <w:rsid w:val="008B2998"/>
+    <w:rsid w:val="008B62CA"/>
     <w:rsid w:val="008B648C"/>
+    <w:rsid w:val="008B6838"/>
     <w:rsid w:val="008B6C3E"/>
+    <w:rsid w:val="008C0D1A"/>
     <w:rsid w:val="008C0DCF"/>
     <w:rsid w:val="008C0E9A"/>
     <w:rsid w:val="008C16E4"/>
     <w:rsid w:val="008C380F"/>
     <w:rsid w:val="008C4C4D"/>
     <w:rsid w:val="008C5292"/>
     <w:rsid w:val="008C54AB"/>
     <w:rsid w:val="008C598A"/>
     <w:rsid w:val="008C79FF"/>
+    <w:rsid w:val="008C7C8B"/>
     <w:rsid w:val="008C7CB3"/>
     <w:rsid w:val="008D0194"/>
     <w:rsid w:val="008D01AE"/>
     <w:rsid w:val="008D0AA7"/>
     <w:rsid w:val="008D0F27"/>
+    <w:rsid w:val="008D1094"/>
     <w:rsid w:val="008D30EE"/>
     <w:rsid w:val="008D321F"/>
     <w:rsid w:val="008D3456"/>
     <w:rsid w:val="008D42F5"/>
     <w:rsid w:val="008D44D9"/>
+    <w:rsid w:val="008D4536"/>
     <w:rsid w:val="008D4840"/>
     <w:rsid w:val="008D52BE"/>
     <w:rsid w:val="008D5679"/>
     <w:rsid w:val="008D56B3"/>
     <w:rsid w:val="008D675F"/>
+    <w:rsid w:val="008D6E78"/>
     <w:rsid w:val="008D6ED3"/>
     <w:rsid w:val="008D74BE"/>
     <w:rsid w:val="008D7F69"/>
     <w:rsid w:val="008E17A5"/>
     <w:rsid w:val="008E20E3"/>
     <w:rsid w:val="008E270F"/>
     <w:rsid w:val="008E3192"/>
     <w:rsid w:val="008E31AC"/>
     <w:rsid w:val="008E3B5A"/>
     <w:rsid w:val="008E4881"/>
     <w:rsid w:val="008E68CE"/>
     <w:rsid w:val="008E6AAF"/>
     <w:rsid w:val="008F105C"/>
-    <w:rsid w:val="008F24A8"/>
     <w:rsid w:val="008F4AC9"/>
+    <w:rsid w:val="008F4BD2"/>
     <w:rsid w:val="008F4EA7"/>
     <w:rsid w:val="008F4FA2"/>
-    <w:rsid w:val="008F594B"/>
     <w:rsid w:val="008F65C8"/>
     <w:rsid w:val="008F7652"/>
+    <w:rsid w:val="008F7875"/>
+    <w:rsid w:val="008F7CA4"/>
     <w:rsid w:val="00900190"/>
     <w:rsid w:val="00900763"/>
     <w:rsid w:val="00901997"/>
+    <w:rsid w:val="00901E3A"/>
     <w:rsid w:val="0090243A"/>
     <w:rsid w:val="0090254A"/>
     <w:rsid w:val="009026ED"/>
     <w:rsid w:val="009027C2"/>
     <w:rsid w:val="00902BCB"/>
-    <w:rsid w:val="00902D56"/>
+    <w:rsid w:val="0090391B"/>
     <w:rsid w:val="00903BBA"/>
+    <w:rsid w:val="00904177"/>
     <w:rsid w:val="0090587F"/>
     <w:rsid w:val="00906169"/>
     <w:rsid w:val="00906FF4"/>
+    <w:rsid w:val="0090743F"/>
+    <w:rsid w:val="0090764D"/>
     <w:rsid w:val="00907791"/>
     <w:rsid w:val="00910534"/>
     <w:rsid w:val="009110FC"/>
     <w:rsid w:val="00912DBB"/>
     <w:rsid w:val="00913721"/>
     <w:rsid w:val="0091427C"/>
     <w:rsid w:val="00914BD3"/>
     <w:rsid w:val="0091511B"/>
     <w:rsid w:val="009151BC"/>
     <w:rsid w:val="0091531F"/>
     <w:rsid w:val="00915A65"/>
     <w:rsid w:val="00917132"/>
     <w:rsid w:val="00917504"/>
     <w:rsid w:val="0091778A"/>
     <w:rsid w:val="00917878"/>
     <w:rsid w:val="0092045C"/>
     <w:rsid w:val="0092092E"/>
     <w:rsid w:val="00923B4E"/>
+    <w:rsid w:val="00924A3E"/>
     <w:rsid w:val="00924C1F"/>
     <w:rsid w:val="009272DD"/>
     <w:rsid w:val="00927313"/>
     <w:rsid w:val="00927BDD"/>
-    <w:rsid w:val="00930CA1"/>
+    <w:rsid w:val="00932604"/>
     <w:rsid w:val="00932BBF"/>
     <w:rsid w:val="00933205"/>
     <w:rsid w:val="00933DFA"/>
+    <w:rsid w:val="00934362"/>
     <w:rsid w:val="009343F9"/>
     <w:rsid w:val="009345AF"/>
+    <w:rsid w:val="009346BB"/>
     <w:rsid w:val="00935503"/>
     <w:rsid w:val="00936AD7"/>
     <w:rsid w:val="00936EBA"/>
     <w:rsid w:val="00937EFC"/>
+    <w:rsid w:val="00942157"/>
     <w:rsid w:val="009427FC"/>
     <w:rsid w:val="009429F1"/>
+    <w:rsid w:val="0094327D"/>
     <w:rsid w:val="00943D22"/>
     <w:rsid w:val="00944297"/>
-    <w:rsid w:val="00944C2B"/>
     <w:rsid w:val="00945247"/>
+    <w:rsid w:val="00945C07"/>
     <w:rsid w:val="00946BA5"/>
     <w:rsid w:val="009471D1"/>
     <w:rsid w:val="009477D9"/>
     <w:rsid w:val="009511A2"/>
     <w:rsid w:val="00951703"/>
     <w:rsid w:val="00952828"/>
     <w:rsid w:val="00952F1E"/>
+    <w:rsid w:val="00952F8E"/>
     <w:rsid w:val="0095359A"/>
     <w:rsid w:val="00953842"/>
+    <w:rsid w:val="00954D65"/>
     <w:rsid w:val="0095533C"/>
     <w:rsid w:val="0095590C"/>
     <w:rsid w:val="00957EEF"/>
     <w:rsid w:val="00960466"/>
     <w:rsid w:val="0096257A"/>
     <w:rsid w:val="00963180"/>
     <w:rsid w:val="009641EB"/>
     <w:rsid w:val="00964569"/>
     <w:rsid w:val="009664E7"/>
     <w:rsid w:val="00966D3A"/>
     <w:rsid w:val="00967042"/>
+    <w:rsid w:val="009670AC"/>
     <w:rsid w:val="00970D3D"/>
+    <w:rsid w:val="00970FB7"/>
     <w:rsid w:val="009711ED"/>
     <w:rsid w:val="009711F8"/>
     <w:rsid w:val="009718D6"/>
     <w:rsid w:val="00971977"/>
+    <w:rsid w:val="00972C13"/>
+    <w:rsid w:val="00972C60"/>
     <w:rsid w:val="00972CF5"/>
     <w:rsid w:val="00973238"/>
     <w:rsid w:val="009734D2"/>
     <w:rsid w:val="00973E24"/>
     <w:rsid w:val="00975485"/>
-    <w:rsid w:val="009754B1"/>
+    <w:rsid w:val="00975C18"/>
+    <w:rsid w:val="009774E7"/>
+    <w:rsid w:val="00977C8F"/>
     <w:rsid w:val="00980439"/>
     <w:rsid w:val="00980DBA"/>
     <w:rsid w:val="00981443"/>
     <w:rsid w:val="00982499"/>
     <w:rsid w:val="009824ED"/>
     <w:rsid w:val="00982B12"/>
     <w:rsid w:val="00982B18"/>
     <w:rsid w:val="00982B72"/>
+    <w:rsid w:val="00983246"/>
     <w:rsid w:val="009835B9"/>
-    <w:rsid w:val="009838BA"/>
+    <w:rsid w:val="009840F3"/>
     <w:rsid w:val="00984A22"/>
     <w:rsid w:val="00986393"/>
     <w:rsid w:val="00990F52"/>
-    <w:rsid w:val="00991A44"/>
     <w:rsid w:val="00991F31"/>
     <w:rsid w:val="009928F2"/>
-    <w:rsid w:val="00992C4A"/>
     <w:rsid w:val="00993D6C"/>
     <w:rsid w:val="009943F3"/>
     <w:rsid w:val="00994E8E"/>
     <w:rsid w:val="009950F5"/>
-    <w:rsid w:val="00995799"/>
     <w:rsid w:val="00997788"/>
     <w:rsid w:val="00997B2A"/>
     <w:rsid w:val="009A1CB3"/>
     <w:rsid w:val="009A1FBE"/>
     <w:rsid w:val="009A2761"/>
     <w:rsid w:val="009A2A37"/>
     <w:rsid w:val="009A2C05"/>
     <w:rsid w:val="009A33EA"/>
+    <w:rsid w:val="009A3631"/>
+    <w:rsid w:val="009A3AA5"/>
     <w:rsid w:val="009A710E"/>
     <w:rsid w:val="009A7712"/>
     <w:rsid w:val="009A7DCC"/>
     <w:rsid w:val="009B04B9"/>
     <w:rsid w:val="009B14A3"/>
     <w:rsid w:val="009B2252"/>
-    <w:rsid w:val="009B2F2B"/>
     <w:rsid w:val="009B401B"/>
     <w:rsid w:val="009B4233"/>
     <w:rsid w:val="009B4497"/>
     <w:rsid w:val="009B527E"/>
     <w:rsid w:val="009C0001"/>
+    <w:rsid w:val="009C01D3"/>
+    <w:rsid w:val="009C187D"/>
     <w:rsid w:val="009C18A4"/>
     <w:rsid w:val="009C19C8"/>
     <w:rsid w:val="009C1E0C"/>
+    <w:rsid w:val="009C21AC"/>
+    <w:rsid w:val="009C270E"/>
     <w:rsid w:val="009C4CA8"/>
     <w:rsid w:val="009C5B46"/>
     <w:rsid w:val="009C5D38"/>
     <w:rsid w:val="009C65D8"/>
+    <w:rsid w:val="009C773B"/>
     <w:rsid w:val="009D0589"/>
     <w:rsid w:val="009D2946"/>
+    <w:rsid w:val="009D2D2A"/>
     <w:rsid w:val="009D4C26"/>
+    <w:rsid w:val="009D51D7"/>
     <w:rsid w:val="009D58B4"/>
     <w:rsid w:val="009D5F9F"/>
     <w:rsid w:val="009D601C"/>
     <w:rsid w:val="009D629B"/>
     <w:rsid w:val="009D7C3A"/>
     <w:rsid w:val="009E1265"/>
     <w:rsid w:val="009E1289"/>
     <w:rsid w:val="009E3326"/>
     <w:rsid w:val="009E418B"/>
     <w:rsid w:val="009E515D"/>
     <w:rsid w:val="009E5484"/>
     <w:rsid w:val="009E587D"/>
     <w:rsid w:val="009E657B"/>
     <w:rsid w:val="009E6750"/>
     <w:rsid w:val="009E744A"/>
     <w:rsid w:val="009E755E"/>
     <w:rsid w:val="009E7FA7"/>
     <w:rsid w:val="009E7FDF"/>
+    <w:rsid w:val="009F0007"/>
     <w:rsid w:val="009F0281"/>
+    <w:rsid w:val="009F0A67"/>
+    <w:rsid w:val="009F1676"/>
     <w:rsid w:val="009F281E"/>
+    <w:rsid w:val="009F2CB6"/>
     <w:rsid w:val="009F3940"/>
     <w:rsid w:val="009F3CA7"/>
+    <w:rsid w:val="009F3DAE"/>
     <w:rsid w:val="009F4296"/>
     <w:rsid w:val="009F4FC1"/>
     <w:rsid w:val="009F5081"/>
     <w:rsid w:val="009F509A"/>
+    <w:rsid w:val="009F512F"/>
     <w:rsid w:val="009F6699"/>
     <w:rsid w:val="009F696B"/>
     <w:rsid w:val="009F6B09"/>
+    <w:rsid w:val="009F6E51"/>
     <w:rsid w:val="009F76D1"/>
     <w:rsid w:val="00A0050E"/>
+    <w:rsid w:val="00A00584"/>
     <w:rsid w:val="00A025B4"/>
     <w:rsid w:val="00A03041"/>
+    <w:rsid w:val="00A03BF8"/>
     <w:rsid w:val="00A04744"/>
+    <w:rsid w:val="00A04F03"/>
     <w:rsid w:val="00A05228"/>
     <w:rsid w:val="00A05231"/>
     <w:rsid w:val="00A05998"/>
     <w:rsid w:val="00A06095"/>
+    <w:rsid w:val="00A062E3"/>
     <w:rsid w:val="00A06961"/>
     <w:rsid w:val="00A06F1B"/>
     <w:rsid w:val="00A10332"/>
+    <w:rsid w:val="00A10D40"/>
+    <w:rsid w:val="00A11BF1"/>
+    <w:rsid w:val="00A12693"/>
+    <w:rsid w:val="00A13164"/>
     <w:rsid w:val="00A133E2"/>
     <w:rsid w:val="00A13C87"/>
     <w:rsid w:val="00A14B65"/>
     <w:rsid w:val="00A157A9"/>
     <w:rsid w:val="00A17D8E"/>
     <w:rsid w:val="00A2067F"/>
     <w:rsid w:val="00A20709"/>
     <w:rsid w:val="00A20D46"/>
     <w:rsid w:val="00A212E8"/>
     <w:rsid w:val="00A21A58"/>
+    <w:rsid w:val="00A22077"/>
     <w:rsid w:val="00A22162"/>
     <w:rsid w:val="00A227EE"/>
     <w:rsid w:val="00A22C4B"/>
     <w:rsid w:val="00A232D2"/>
     <w:rsid w:val="00A234FA"/>
     <w:rsid w:val="00A23F1A"/>
     <w:rsid w:val="00A24246"/>
+    <w:rsid w:val="00A2466D"/>
     <w:rsid w:val="00A2484C"/>
     <w:rsid w:val="00A24FE4"/>
     <w:rsid w:val="00A24FE6"/>
     <w:rsid w:val="00A25330"/>
     <w:rsid w:val="00A30457"/>
     <w:rsid w:val="00A313EE"/>
     <w:rsid w:val="00A32601"/>
     <w:rsid w:val="00A33B23"/>
     <w:rsid w:val="00A33E31"/>
     <w:rsid w:val="00A33F5B"/>
     <w:rsid w:val="00A3573A"/>
     <w:rsid w:val="00A3642A"/>
     <w:rsid w:val="00A37AC1"/>
     <w:rsid w:val="00A40DF6"/>
     <w:rsid w:val="00A40F38"/>
     <w:rsid w:val="00A415CD"/>
     <w:rsid w:val="00A41ABA"/>
+    <w:rsid w:val="00A42A71"/>
     <w:rsid w:val="00A42D2F"/>
     <w:rsid w:val="00A43DB4"/>
     <w:rsid w:val="00A44546"/>
+    <w:rsid w:val="00A44651"/>
     <w:rsid w:val="00A44D3C"/>
     <w:rsid w:val="00A469B5"/>
+    <w:rsid w:val="00A47AFF"/>
     <w:rsid w:val="00A47B2D"/>
     <w:rsid w:val="00A47E29"/>
+    <w:rsid w:val="00A47FBA"/>
+    <w:rsid w:val="00A50B7B"/>
+    <w:rsid w:val="00A5134C"/>
     <w:rsid w:val="00A5142E"/>
     <w:rsid w:val="00A5159F"/>
     <w:rsid w:val="00A51990"/>
     <w:rsid w:val="00A523C3"/>
     <w:rsid w:val="00A53DA8"/>
     <w:rsid w:val="00A54791"/>
-    <w:rsid w:val="00A54C8A"/>
-    <w:rsid w:val="00A55083"/>
+    <w:rsid w:val="00A5503B"/>
     <w:rsid w:val="00A563F5"/>
+    <w:rsid w:val="00A564AD"/>
+    <w:rsid w:val="00A57248"/>
     <w:rsid w:val="00A57F94"/>
+    <w:rsid w:val="00A60E56"/>
     <w:rsid w:val="00A60F1A"/>
+    <w:rsid w:val="00A615B6"/>
     <w:rsid w:val="00A61624"/>
     <w:rsid w:val="00A61733"/>
-    <w:rsid w:val="00A61D15"/>
     <w:rsid w:val="00A6235B"/>
     <w:rsid w:val="00A623F2"/>
     <w:rsid w:val="00A624CA"/>
     <w:rsid w:val="00A6295E"/>
+    <w:rsid w:val="00A63247"/>
     <w:rsid w:val="00A6410C"/>
+    <w:rsid w:val="00A649E7"/>
     <w:rsid w:val="00A64FA5"/>
     <w:rsid w:val="00A659C8"/>
     <w:rsid w:val="00A6641A"/>
     <w:rsid w:val="00A6694C"/>
     <w:rsid w:val="00A669C8"/>
+    <w:rsid w:val="00A678AD"/>
+    <w:rsid w:val="00A67A9D"/>
     <w:rsid w:val="00A71E89"/>
     <w:rsid w:val="00A73D82"/>
     <w:rsid w:val="00A74FF3"/>
-    <w:rsid w:val="00A75A78"/>
     <w:rsid w:val="00A75DA5"/>
+    <w:rsid w:val="00A764B7"/>
     <w:rsid w:val="00A76A72"/>
+    <w:rsid w:val="00A76D2B"/>
     <w:rsid w:val="00A8008B"/>
     <w:rsid w:val="00A806C2"/>
+    <w:rsid w:val="00A813F9"/>
+    <w:rsid w:val="00A815A1"/>
+    <w:rsid w:val="00A81B03"/>
     <w:rsid w:val="00A81EE4"/>
     <w:rsid w:val="00A8369F"/>
     <w:rsid w:val="00A8412A"/>
+    <w:rsid w:val="00A84F47"/>
     <w:rsid w:val="00A8500D"/>
     <w:rsid w:val="00A8634B"/>
     <w:rsid w:val="00A8647A"/>
+    <w:rsid w:val="00A86916"/>
     <w:rsid w:val="00A87182"/>
     <w:rsid w:val="00A87205"/>
     <w:rsid w:val="00A8747F"/>
     <w:rsid w:val="00A8760C"/>
     <w:rsid w:val="00A8794A"/>
     <w:rsid w:val="00A90B3F"/>
     <w:rsid w:val="00A92582"/>
+    <w:rsid w:val="00A92873"/>
     <w:rsid w:val="00A92E3D"/>
     <w:rsid w:val="00A9301E"/>
     <w:rsid w:val="00A94684"/>
     <w:rsid w:val="00A94802"/>
     <w:rsid w:val="00A94F6E"/>
     <w:rsid w:val="00A95A5A"/>
     <w:rsid w:val="00A95B9A"/>
     <w:rsid w:val="00A95C6E"/>
     <w:rsid w:val="00A96287"/>
     <w:rsid w:val="00A96874"/>
     <w:rsid w:val="00A96E80"/>
     <w:rsid w:val="00A976C9"/>
     <w:rsid w:val="00A97FCB"/>
     <w:rsid w:val="00AA1506"/>
     <w:rsid w:val="00AA1629"/>
     <w:rsid w:val="00AA3170"/>
     <w:rsid w:val="00AA3899"/>
+    <w:rsid w:val="00AA512A"/>
     <w:rsid w:val="00AA5D95"/>
     <w:rsid w:val="00AA6210"/>
     <w:rsid w:val="00AA6D06"/>
     <w:rsid w:val="00AA71D1"/>
     <w:rsid w:val="00AB073F"/>
     <w:rsid w:val="00AB1908"/>
     <w:rsid w:val="00AB2628"/>
     <w:rsid w:val="00AB2794"/>
     <w:rsid w:val="00AB3BF2"/>
     <w:rsid w:val="00AB476A"/>
     <w:rsid w:val="00AB4A0B"/>
+    <w:rsid w:val="00AB57E4"/>
     <w:rsid w:val="00AB593C"/>
+    <w:rsid w:val="00AB74D1"/>
     <w:rsid w:val="00AB7CC5"/>
+    <w:rsid w:val="00AB7D33"/>
     <w:rsid w:val="00AB7E14"/>
     <w:rsid w:val="00AB7F29"/>
     <w:rsid w:val="00AC015A"/>
     <w:rsid w:val="00AC0EF9"/>
     <w:rsid w:val="00AC1ECB"/>
     <w:rsid w:val="00AC22B2"/>
     <w:rsid w:val="00AC29C3"/>
     <w:rsid w:val="00AC2BF7"/>
     <w:rsid w:val="00AC2CA8"/>
     <w:rsid w:val="00AC2DF0"/>
     <w:rsid w:val="00AC3B1F"/>
     <w:rsid w:val="00AC3F37"/>
     <w:rsid w:val="00AC4CA1"/>
     <w:rsid w:val="00AC5414"/>
     <w:rsid w:val="00AC58FE"/>
     <w:rsid w:val="00AC5931"/>
     <w:rsid w:val="00AC5EAC"/>
     <w:rsid w:val="00AC6094"/>
     <w:rsid w:val="00AC7BC0"/>
     <w:rsid w:val="00AD0234"/>
     <w:rsid w:val="00AD1068"/>
     <w:rsid w:val="00AD15B7"/>
+    <w:rsid w:val="00AD1700"/>
+    <w:rsid w:val="00AD291F"/>
     <w:rsid w:val="00AD29CF"/>
     <w:rsid w:val="00AD6F66"/>
+    <w:rsid w:val="00AD7E94"/>
     <w:rsid w:val="00AE0795"/>
     <w:rsid w:val="00AE1940"/>
     <w:rsid w:val="00AE2F2F"/>
     <w:rsid w:val="00AE3873"/>
     <w:rsid w:val="00AE39E3"/>
     <w:rsid w:val="00AE3E83"/>
     <w:rsid w:val="00AE3FB2"/>
     <w:rsid w:val="00AE585A"/>
     <w:rsid w:val="00AE5E72"/>
+    <w:rsid w:val="00AE61BD"/>
     <w:rsid w:val="00AE750E"/>
+    <w:rsid w:val="00AE75A3"/>
     <w:rsid w:val="00AF0F58"/>
     <w:rsid w:val="00AF28AE"/>
     <w:rsid w:val="00AF3331"/>
     <w:rsid w:val="00AF3345"/>
     <w:rsid w:val="00AF35A8"/>
     <w:rsid w:val="00AF38A3"/>
+    <w:rsid w:val="00AF3BAE"/>
     <w:rsid w:val="00AF40C4"/>
     <w:rsid w:val="00AF42EF"/>
     <w:rsid w:val="00AF44A0"/>
-    <w:rsid w:val="00AF516F"/>
     <w:rsid w:val="00AF56D1"/>
     <w:rsid w:val="00AF5BB3"/>
     <w:rsid w:val="00AF5DAC"/>
     <w:rsid w:val="00AF6578"/>
     <w:rsid w:val="00AF66B6"/>
     <w:rsid w:val="00B01078"/>
+    <w:rsid w:val="00B01BB9"/>
     <w:rsid w:val="00B022AB"/>
+    <w:rsid w:val="00B022F3"/>
     <w:rsid w:val="00B02FB9"/>
     <w:rsid w:val="00B03DD6"/>
+    <w:rsid w:val="00B0402F"/>
+    <w:rsid w:val="00B049EC"/>
     <w:rsid w:val="00B04F24"/>
     <w:rsid w:val="00B057B2"/>
     <w:rsid w:val="00B05B76"/>
     <w:rsid w:val="00B06906"/>
     <w:rsid w:val="00B0698C"/>
     <w:rsid w:val="00B06A80"/>
+    <w:rsid w:val="00B1078A"/>
+    <w:rsid w:val="00B10B7E"/>
     <w:rsid w:val="00B10D99"/>
     <w:rsid w:val="00B1117A"/>
     <w:rsid w:val="00B11949"/>
     <w:rsid w:val="00B12C1B"/>
+    <w:rsid w:val="00B14DF2"/>
+    <w:rsid w:val="00B14ED4"/>
     <w:rsid w:val="00B151C7"/>
     <w:rsid w:val="00B15771"/>
     <w:rsid w:val="00B16122"/>
     <w:rsid w:val="00B16733"/>
     <w:rsid w:val="00B16D23"/>
+    <w:rsid w:val="00B17519"/>
     <w:rsid w:val="00B17725"/>
     <w:rsid w:val="00B17ECF"/>
     <w:rsid w:val="00B2082F"/>
+    <w:rsid w:val="00B21AEA"/>
     <w:rsid w:val="00B2265A"/>
+    <w:rsid w:val="00B229DA"/>
     <w:rsid w:val="00B23B42"/>
     <w:rsid w:val="00B244D0"/>
     <w:rsid w:val="00B26E86"/>
     <w:rsid w:val="00B27B6F"/>
     <w:rsid w:val="00B30209"/>
     <w:rsid w:val="00B304A4"/>
     <w:rsid w:val="00B31367"/>
     <w:rsid w:val="00B3221B"/>
+    <w:rsid w:val="00B3368E"/>
+    <w:rsid w:val="00B3386E"/>
     <w:rsid w:val="00B33C5B"/>
     <w:rsid w:val="00B343EA"/>
     <w:rsid w:val="00B34822"/>
     <w:rsid w:val="00B34D81"/>
     <w:rsid w:val="00B36DAE"/>
+    <w:rsid w:val="00B36E47"/>
     <w:rsid w:val="00B40355"/>
+    <w:rsid w:val="00B418E7"/>
     <w:rsid w:val="00B42C91"/>
     <w:rsid w:val="00B434BF"/>
     <w:rsid w:val="00B43BE7"/>
-    <w:rsid w:val="00B43DCC"/>
     <w:rsid w:val="00B43FEA"/>
     <w:rsid w:val="00B44D62"/>
+    <w:rsid w:val="00B44D67"/>
     <w:rsid w:val="00B45960"/>
     <w:rsid w:val="00B46716"/>
     <w:rsid w:val="00B46E62"/>
     <w:rsid w:val="00B5019B"/>
     <w:rsid w:val="00B52053"/>
     <w:rsid w:val="00B52140"/>
     <w:rsid w:val="00B538B5"/>
+    <w:rsid w:val="00B53A65"/>
+    <w:rsid w:val="00B555C2"/>
     <w:rsid w:val="00B572DD"/>
     <w:rsid w:val="00B6059A"/>
     <w:rsid w:val="00B60EC8"/>
     <w:rsid w:val="00B61B9D"/>
     <w:rsid w:val="00B61D80"/>
     <w:rsid w:val="00B62847"/>
     <w:rsid w:val="00B63A0B"/>
     <w:rsid w:val="00B63DC7"/>
     <w:rsid w:val="00B6599E"/>
+    <w:rsid w:val="00B65D43"/>
     <w:rsid w:val="00B661E3"/>
     <w:rsid w:val="00B67736"/>
     <w:rsid w:val="00B704E2"/>
     <w:rsid w:val="00B7092D"/>
+    <w:rsid w:val="00B70960"/>
     <w:rsid w:val="00B70B97"/>
     <w:rsid w:val="00B72FBF"/>
     <w:rsid w:val="00B73BD4"/>
     <w:rsid w:val="00B751C2"/>
+    <w:rsid w:val="00B75CE0"/>
+    <w:rsid w:val="00B76751"/>
     <w:rsid w:val="00B76EE3"/>
     <w:rsid w:val="00B77C3B"/>
     <w:rsid w:val="00B802AA"/>
     <w:rsid w:val="00B8067A"/>
+    <w:rsid w:val="00B81327"/>
     <w:rsid w:val="00B815C6"/>
     <w:rsid w:val="00B8341E"/>
     <w:rsid w:val="00B83652"/>
     <w:rsid w:val="00B8502E"/>
     <w:rsid w:val="00B8601C"/>
     <w:rsid w:val="00B86F21"/>
     <w:rsid w:val="00B87203"/>
     <w:rsid w:val="00B876B5"/>
     <w:rsid w:val="00B87824"/>
     <w:rsid w:val="00B90277"/>
     <w:rsid w:val="00B905FC"/>
     <w:rsid w:val="00B913BD"/>
     <w:rsid w:val="00B91FF5"/>
     <w:rsid w:val="00B9464B"/>
     <w:rsid w:val="00B948EE"/>
     <w:rsid w:val="00B95380"/>
     <w:rsid w:val="00B957C6"/>
     <w:rsid w:val="00B96480"/>
     <w:rsid w:val="00B96DD8"/>
+    <w:rsid w:val="00B96EDE"/>
     <w:rsid w:val="00B97E21"/>
     <w:rsid w:val="00BA0F51"/>
     <w:rsid w:val="00BA1094"/>
     <w:rsid w:val="00BA144F"/>
     <w:rsid w:val="00BA3946"/>
     <w:rsid w:val="00BA3EEF"/>
     <w:rsid w:val="00BA5B32"/>
     <w:rsid w:val="00BA5BA4"/>
     <w:rsid w:val="00BA633A"/>
+    <w:rsid w:val="00BA72A7"/>
     <w:rsid w:val="00BB0AA8"/>
     <w:rsid w:val="00BB1CB1"/>
+    <w:rsid w:val="00BB1D3D"/>
     <w:rsid w:val="00BB2150"/>
     <w:rsid w:val="00BB55F5"/>
+    <w:rsid w:val="00BC040E"/>
     <w:rsid w:val="00BC0967"/>
     <w:rsid w:val="00BC17A9"/>
     <w:rsid w:val="00BC2F18"/>
     <w:rsid w:val="00BC368B"/>
     <w:rsid w:val="00BC45F0"/>
     <w:rsid w:val="00BC481A"/>
     <w:rsid w:val="00BC5458"/>
     <w:rsid w:val="00BC6668"/>
     <w:rsid w:val="00BC77B9"/>
+    <w:rsid w:val="00BD0861"/>
     <w:rsid w:val="00BD0E34"/>
     <w:rsid w:val="00BD2296"/>
     <w:rsid w:val="00BD2CAD"/>
     <w:rsid w:val="00BD3976"/>
+    <w:rsid w:val="00BD4F20"/>
     <w:rsid w:val="00BD58B6"/>
     <w:rsid w:val="00BD60A3"/>
     <w:rsid w:val="00BD6775"/>
     <w:rsid w:val="00BD68B6"/>
-    <w:rsid w:val="00BD6F0B"/>
     <w:rsid w:val="00BD72EA"/>
     <w:rsid w:val="00BD770B"/>
     <w:rsid w:val="00BD78E3"/>
     <w:rsid w:val="00BD7B00"/>
     <w:rsid w:val="00BD7BEE"/>
+    <w:rsid w:val="00BD7E8B"/>
     <w:rsid w:val="00BE02F1"/>
     <w:rsid w:val="00BE0840"/>
+    <w:rsid w:val="00BE0924"/>
+    <w:rsid w:val="00BE2187"/>
     <w:rsid w:val="00BE259D"/>
     <w:rsid w:val="00BE2CDC"/>
     <w:rsid w:val="00BE2D5A"/>
     <w:rsid w:val="00BE2EE6"/>
     <w:rsid w:val="00BE3745"/>
     <w:rsid w:val="00BE377E"/>
     <w:rsid w:val="00BE3F57"/>
     <w:rsid w:val="00BE40E9"/>
     <w:rsid w:val="00BE4481"/>
     <w:rsid w:val="00BE4619"/>
     <w:rsid w:val="00BE4F0F"/>
     <w:rsid w:val="00BE58C0"/>
     <w:rsid w:val="00BE633C"/>
     <w:rsid w:val="00BE63DA"/>
     <w:rsid w:val="00BE6768"/>
     <w:rsid w:val="00BE6860"/>
+    <w:rsid w:val="00BE6B66"/>
     <w:rsid w:val="00BE6C6A"/>
+    <w:rsid w:val="00BE7391"/>
     <w:rsid w:val="00BE7490"/>
     <w:rsid w:val="00BF1D3F"/>
     <w:rsid w:val="00BF1F99"/>
     <w:rsid w:val="00BF299B"/>
     <w:rsid w:val="00BF2ECC"/>
     <w:rsid w:val="00BF32B5"/>
     <w:rsid w:val="00BF3462"/>
+    <w:rsid w:val="00BF6CE1"/>
     <w:rsid w:val="00BF720A"/>
     <w:rsid w:val="00BF72B3"/>
     <w:rsid w:val="00BF7B8C"/>
     <w:rsid w:val="00C00185"/>
+    <w:rsid w:val="00C00C0E"/>
     <w:rsid w:val="00C013FC"/>
     <w:rsid w:val="00C01BEF"/>
     <w:rsid w:val="00C01D15"/>
     <w:rsid w:val="00C02719"/>
     <w:rsid w:val="00C03AD4"/>
     <w:rsid w:val="00C04355"/>
+    <w:rsid w:val="00C04966"/>
+    <w:rsid w:val="00C05D71"/>
+    <w:rsid w:val="00C06AD3"/>
     <w:rsid w:val="00C075CA"/>
     <w:rsid w:val="00C07CD6"/>
     <w:rsid w:val="00C1024F"/>
     <w:rsid w:val="00C113A3"/>
+    <w:rsid w:val="00C11670"/>
     <w:rsid w:val="00C11682"/>
     <w:rsid w:val="00C11D5D"/>
     <w:rsid w:val="00C11FCC"/>
     <w:rsid w:val="00C127C4"/>
     <w:rsid w:val="00C12D03"/>
     <w:rsid w:val="00C1441A"/>
+    <w:rsid w:val="00C15B6E"/>
     <w:rsid w:val="00C16935"/>
     <w:rsid w:val="00C16AD1"/>
     <w:rsid w:val="00C1718F"/>
+    <w:rsid w:val="00C172B2"/>
     <w:rsid w:val="00C17923"/>
     <w:rsid w:val="00C207BB"/>
     <w:rsid w:val="00C2102E"/>
     <w:rsid w:val="00C21CD7"/>
     <w:rsid w:val="00C2276E"/>
     <w:rsid w:val="00C22938"/>
     <w:rsid w:val="00C239E1"/>
-    <w:rsid w:val="00C2636C"/>
     <w:rsid w:val="00C269A9"/>
+    <w:rsid w:val="00C27CC1"/>
     <w:rsid w:val="00C30899"/>
     <w:rsid w:val="00C30940"/>
     <w:rsid w:val="00C30B8A"/>
     <w:rsid w:val="00C31209"/>
     <w:rsid w:val="00C312FC"/>
     <w:rsid w:val="00C35569"/>
     <w:rsid w:val="00C35C85"/>
     <w:rsid w:val="00C36F01"/>
     <w:rsid w:val="00C375F8"/>
     <w:rsid w:val="00C410BB"/>
     <w:rsid w:val="00C420B4"/>
     <w:rsid w:val="00C42C0C"/>
     <w:rsid w:val="00C4383D"/>
     <w:rsid w:val="00C43F06"/>
+    <w:rsid w:val="00C440FE"/>
     <w:rsid w:val="00C450AE"/>
     <w:rsid w:val="00C45636"/>
+    <w:rsid w:val="00C46B35"/>
     <w:rsid w:val="00C47586"/>
     <w:rsid w:val="00C477E4"/>
-    <w:rsid w:val="00C503F3"/>
     <w:rsid w:val="00C50CD6"/>
     <w:rsid w:val="00C51493"/>
     <w:rsid w:val="00C527A8"/>
     <w:rsid w:val="00C52C6D"/>
     <w:rsid w:val="00C52E46"/>
     <w:rsid w:val="00C545C9"/>
     <w:rsid w:val="00C549A7"/>
     <w:rsid w:val="00C551FE"/>
+    <w:rsid w:val="00C55BAE"/>
+    <w:rsid w:val="00C560A1"/>
     <w:rsid w:val="00C56464"/>
     <w:rsid w:val="00C56E33"/>
     <w:rsid w:val="00C57E18"/>
     <w:rsid w:val="00C60382"/>
+    <w:rsid w:val="00C60770"/>
+    <w:rsid w:val="00C6086F"/>
     <w:rsid w:val="00C6120C"/>
     <w:rsid w:val="00C6125A"/>
     <w:rsid w:val="00C618FC"/>
     <w:rsid w:val="00C61BC8"/>
     <w:rsid w:val="00C61D7B"/>
     <w:rsid w:val="00C621D9"/>
     <w:rsid w:val="00C62640"/>
     <w:rsid w:val="00C62BFF"/>
     <w:rsid w:val="00C631E5"/>
-    <w:rsid w:val="00C63805"/>
     <w:rsid w:val="00C63B54"/>
     <w:rsid w:val="00C63C4C"/>
     <w:rsid w:val="00C6415C"/>
     <w:rsid w:val="00C65BA3"/>
     <w:rsid w:val="00C65D94"/>
     <w:rsid w:val="00C66481"/>
     <w:rsid w:val="00C664AD"/>
     <w:rsid w:val="00C67073"/>
     <w:rsid w:val="00C67346"/>
+    <w:rsid w:val="00C6758E"/>
     <w:rsid w:val="00C71A08"/>
     <w:rsid w:val="00C71B1A"/>
     <w:rsid w:val="00C71E3F"/>
+    <w:rsid w:val="00C723B5"/>
     <w:rsid w:val="00C72595"/>
+    <w:rsid w:val="00C72A7E"/>
     <w:rsid w:val="00C73D39"/>
     <w:rsid w:val="00C75F0C"/>
     <w:rsid w:val="00C761CA"/>
     <w:rsid w:val="00C76677"/>
     <w:rsid w:val="00C76B87"/>
     <w:rsid w:val="00C76C01"/>
     <w:rsid w:val="00C775E3"/>
     <w:rsid w:val="00C81601"/>
     <w:rsid w:val="00C816F7"/>
-    <w:rsid w:val="00C81901"/>
+    <w:rsid w:val="00C82A61"/>
     <w:rsid w:val="00C82C19"/>
     <w:rsid w:val="00C83447"/>
     <w:rsid w:val="00C83E3B"/>
+    <w:rsid w:val="00C83FA2"/>
     <w:rsid w:val="00C849BD"/>
-    <w:rsid w:val="00C84E3B"/>
+    <w:rsid w:val="00C85D36"/>
     <w:rsid w:val="00C85D50"/>
+    <w:rsid w:val="00C863F6"/>
+    <w:rsid w:val="00C86E1F"/>
     <w:rsid w:val="00C87B35"/>
     <w:rsid w:val="00C87EF3"/>
     <w:rsid w:val="00C914DA"/>
     <w:rsid w:val="00C9180E"/>
-    <w:rsid w:val="00C92E1F"/>
+    <w:rsid w:val="00C92FC0"/>
     <w:rsid w:val="00C9382B"/>
     <w:rsid w:val="00C93F10"/>
+    <w:rsid w:val="00C9483C"/>
     <w:rsid w:val="00C9491F"/>
     <w:rsid w:val="00C9550C"/>
     <w:rsid w:val="00C970F6"/>
     <w:rsid w:val="00CA047C"/>
     <w:rsid w:val="00CA04F3"/>
+    <w:rsid w:val="00CA0B62"/>
     <w:rsid w:val="00CA0DCE"/>
+    <w:rsid w:val="00CA197C"/>
     <w:rsid w:val="00CA2679"/>
     <w:rsid w:val="00CA331D"/>
     <w:rsid w:val="00CA33D6"/>
     <w:rsid w:val="00CA46EA"/>
+    <w:rsid w:val="00CA5ADE"/>
     <w:rsid w:val="00CA7449"/>
     <w:rsid w:val="00CA7885"/>
     <w:rsid w:val="00CB046C"/>
     <w:rsid w:val="00CB120F"/>
+    <w:rsid w:val="00CB1478"/>
     <w:rsid w:val="00CB1A6E"/>
-    <w:rsid w:val="00CB1D39"/>
+    <w:rsid w:val="00CB24CE"/>
     <w:rsid w:val="00CB2C74"/>
     <w:rsid w:val="00CB37CF"/>
     <w:rsid w:val="00CB3AA5"/>
     <w:rsid w:val="00CB3F26"/>
     <w:rsid w:val="00CB5306"/>
     <w:rsid w:val="00CB5672"/>
     <w:rsid w:val="00CB6436"/>
     <w:rsid w:val="00CB65F7"/>
     <w:rsid w:val="00CC03A5"/>
+    <w:rsid w:val="00CC0862"/>
     <w:rsid w:val="00CC0CFE"/>
+    <w:rsid w:val="00CC18C4"/>
     <w:rsid w:val="00CC1C09"/>
+    <w:rsid w:val="00CC2112"/>
     <w:rsid w:val="00CC22BC"/>
+    <w:rsid w:val="00CC23F0"/>
     <w:rsid w:val="00CC3AA0"/>
     <w:rsid w:val="00CC4530"/>
     <w:rsid w:val="00CC4E87"/>
     <w:rsid w:val="00CC520A"/>
+    <w:rsid w:val="00CC573D"/>
     <w:rsid w:val="00CC5A7F"/>
     <w:rsid w:val="00CC5B70"/>
     <w:rsid w:val="00CC5C9C"/>
+    <w:rsid w:val="00CC7F04"/>
     <w:rsid w:val="00CD093E"/>
     <w:rsid w:val="00CD1622"/>
     <w:rsid w:val="00CD1E08"/>
     <w:rsid w:val="00CD2000"/>
+    <w:rsid w:val="00CD20A5"/>
     <w:rsid w:val="00CD22F7"/>
     <w:rsid w:val="00CD2B09"/>
+    <w:rsid w:val="00CD3DFB"/>
     <w:rsid w:val="00CD4EE1"/>
     <w:rsid w:val="00CD592B"/>
     <w:rsid w:val="00CD7B4E"/>
     <w:rsid w:val="00CE2941"/>
     <w:rsid w:val="00CE2A1D"/>
     <w:rsid w:val="00CE31FE"/>
     <w:rsid w:val="00CE39DD"/>
     <w:rsid w:val="00CE4E67"/>
+    <w:rsid w:val="00CE543C"/>
     <w:rsid w:val="00CE57F7"/>
     <w:rsid w:val="00CE74A5"/>
     <w:rsid w:val="00CE77FF"/>
     <w:rsid w:val="00CE7FA5"/>
+    <w:rsid w:val="00CF03AC"/>
     <w:rsid w:val="00CF0B97"/>
     <w:rsid w:val="00CF0BFB"/>
     <w:rsid w:val="00CF0D6C"/>
-    <w:rsid w:val="00CF1E3E"/>
+    <w:rsid w:val="00CF1C97"/>
     <w:rsid w:val="00CF21B4"/>
     <w:rsid w:val="00CF2431"/>
-    <w:rsid w:val="00CF3A05"/>
     <w:rsid w:val="00CF3D14"/>
     <w:rsid w:val="00CF48F9"/>
     <w:rsid w:val="00CF57AE"/>
+    <w:rsid w:val="00CF625D"/>
+    <w:rsid w:val="00CF6432"/>
     <w:rsid w:val="00CF667E"/>
     <w:rsid w:val="00CF6E4E"/>
+    <w:rsid w:val="00CF757C"/>
     <w:rsid w:val="00CF7E28"/>
     <w:rsid w:val="00D01846"/>
     <w:rsid w:val="00D019E6"/>
     <w:rsid w:val="00D036F3"/>
     <w:rsid w:val="00D05103"/>
+    <w:rsid w:val="00D0547A"/>
     <w:rsid w:val="00D05F9C"/>
     <w:rsid w:val="00D06870"/>
     <w:rsid w:val="00D06AA4"/>
     <w:rsid w:val="00D07D73"/>
     <w:rsid w:val="00D10055"/>
     <w:rsid w:val="00D10A32"/>
     <w:rsid w:val="00D10D45"/>
     <w:rsid w:val="00D12278"/>
     <w:rsid w:val="00D12ED2"/>
     <w:rsid w:val="00D12F5C"/>
     <w:rsid w:val="00D133C1"/>
+    <w:rsid w:val="00D13773"/>
     <w:rsid w:val="00D1442C"/>
     <w:rsid w:val="00D157DA"/>
     <w:rsid w:val="00D17858"/>
+    <w:rsid w:val="00D21F81"/>
     <w:rsid w:val="00D22224"/>
+    <w:rsid w:val="00D225DE"/>
     <w:rsid w:val="00D2274B"/>
     <w:rsid w:val="00D22A35"/>
     <w:rsid w:val="00D22CE9"/>
     <w:rsid w:val="00D22D1A"/>
     <w:rsid w:val="00D22E76"/>
     <w:rsid w:val="00D24043"/>
     <w:rsid w:val="00D255E5"/>
     <w:rsid w:val="00D257E5"/>
-    <w:rsid w:val="00D25870"/>
     <w:rsid w:val="00D2675D"/>
     <w:rsid w:val="00D26801"/>
+    <w:rsid w:val="00D26F8E"/>
     <w:rsid w:val="00D270FA"/>
     <w:rsid w:val="00D27207"/>
     <w:rsid w:val="00D276A5"/>
     <w:rsid w:val="00D276C6"/>
     <w:rsid w:val="00D27D65"/>
     <w:rsid w:val="00D31935"/>
     <w:rsid w:val="00D32455"/>
     <w:rsid w:val="00D32630"/>
     <w:rsid w:val="00D350AA"/>
     <w:rsid w:val="00D35490"/>
     <w:rsid w:val="00D35756"/>
     <w:rsid w:val="00D36076"/>
     <w:rsid w:val="00D360A6"/>
     <w:rsid w:val="00D3661B"/>
+    <w:rsid w:val="00D3751E"/>
     <w:rsid w:val="00D40452"/>
+    <w:rsid w:val="00D40471"/>
     <w:rsid w:val="00D40C56"/>
     <w:rsid w:val="00D412D2"/>
     <w:rsid w:val="00D4135E"/>
     <w:rsid w:val="00D4186C"/>
     <w:rsid w:val="00D42817"/>
+    <w:rsid w:val="00D42AAD"/>
     <w:rsid w:val="00D437CA"/>
     <w:rsid w:val="00D43A76"/>
     <w:rsid w:val="00D44147"/>
     <w:rsid w:val="00D44B8E"/>
+    <w:rsid w:val="00D44EE1"/>
+    <w:rsid w:val="00D505A0"/>
     <w:rsid w:val="00D50C42"/>
     <w:rsid w:val="00D51E1E"/>
+    <w:rsid w:val="00D52115"/>
     <w:rsid w:val="00D5368C"/>
+    <w:rsid w:val="00D53906"/>
     <w:rsid w:val="00D53EB5"/>
     <w:rsid w:val="00D53EBC"/>
     <w:rsid w:val="00D54641"/>
     <w:rsid w:val="00D55214"/>
+    <w:rsid w:val="00D55BBB"/>
     <w:rsid w:val="00D55F37"/>
     <w:rsid w:val="00D61F7E"/>
     <w:rsid w:val="00D6229E"/>
     <w:rsid w:val="00D62504"/>
     <w:rsid w:val="00D62FEA"/>
     <w:rsid w:val="00D63645"/>
     <w:rsid w:val="00D63809"/>
+    <w:rsid w:val="00D63B0B"/>
     <w:rsid w:val="00D647E3"/>
     <w:rsid w:val="00D64ADF"/>
     <w:rsid w:val="00D66017"/>
     <w:rsid w:val="00D66E3B"/>
+    <w:rsid w:val="00D67318"/>
     <w:rsid w:val="00D674DE"/>
-    <w:rsid w:val="00D71B41"/>
+    <w:rsid w:val="00D6783B"/>
     <w:rsid w:val="00D71F27"/>
     <w:rsid w:val="00D726AB"/>
     <w:rsid w:val="00D729AD"/>
-    <w:rsid w:val="00D732FD"/>
     <w:rsid w:val="00D737FD"/>
     <w:rsid w:val="00D73B31"/>
     <w:rsid w:val="00D73E3F"/>
     <w:rsid w:val="00D74EF6"/>
     <w:rsid w:val="00D75F41"/>
     <w:rsid w:val="00D773D6"/>
     <w:rsid w:val="00D77976"/>
     <w:rsid w:val="00D77BB4"/>
     <w:rsid w:val="00D77EE0"/>
+    <w:rsid w:val="00D8034E"/>
     <w:rsid w:val="00D81F5C"/>
-    <w:rsid w:val="00D82598"/>
+    <w:rsid w:val="00D8297A"/>
     <w:rsid w:val="00D83A2E"/>
     <w:rsid w:val="00D841A5"/>
     <w:rsid w:val="00D84611"/>
     <w:rsid w:val="00D84785"/>
     <w:rsid w:val="00D84DC6"/>
     <w:rsid w:val="00D87358"/>
     <w:rsid w:val="00D87D38"/>
     <w:rsid w:val="00D87D7B"/>
+    <w:rsid w:val="00D90349"/>
     <w:rsid w:val="00D90615"/>
     <w:rsid w:val="00D9147B"/>
     <w:rsid w:val="00D9285F"/>
     <w:rsid w:val="00D94116"/>
     <w:rsid w:val="00D94818"/>
+    <w:rsid w:val="00D968FA"/>
     <w:rsid w:val="00D96F2C"/>
     <w:rsid w:val="00D97973"/>
     <w:rsid w:val="00DA0BEA"/>
     <w:rsid w:val="00DA15BB"/>
+    <w:rsid w:val="00DA2C37"/>
     <w:rsid w:val="00DA3D26"/>
     <w:rsid w:val="00DA3E02"/>
+    <w:rsid w:val="00DA429D"/>
     <w:rsid w:val="00DA4651"/>
     <w:rsid w:val="00DA4D80"/>
     <w:rsid w:val="00DA53EC"/>
     <w:rsid w:val="00DA5520"/>
     <w:rsid w:val="00DA5ECF"/>
     <w:rsid w:val="00DA6359"/>
     <w:rsid w:val="00DA7395"/>
     <w:rsid w:val="00DB0C84"/>
     <w:rsid w:val="00DB138C"/>
     <w:rsid w:val="00DB17F2"/>
     <w:rsid w:val="00DB1D25"/>
     <w:rsid w:val="00DB2A31"/>
     <w:rsid w:val="00DB2AAD"/>
     <w:rsid w:val="00DB3522"/>
     <w:rsid w:val="00DB39AC"/>
     <w:rsid w:val="00DB4031"/>
     <w:rsid w:val="00DB4CAA"/>
     <w:rsid w:val="00DB5077"/>
     <w:rsid w:val="00DB546E"/>
     <w:rsid w:val="00DB598F"/>
     <w:rsid w:val="00DB5D56"/>
     <w:rsid w:val="00DB61CF"/>
     <w:rsid w:val="00DB655D"/>
+    <w:rsid w:val="00DB660F"/>
     <w:rsid w:val="00DB67C4"/>
     <w:rsid w:val="00DB71BA"/>
+    <w:rsid w:val="00DC03B0"/>
     <w:rsid w:val="00DC087C"/>
     <w:rsid w:val="00DC0EED"/>
+    <w:rsid w:val="00DC1B66"/>
     <w:rsid w:val="00DC2001"/>
+    <w:rsid w:val="00DC27E0"/>
     <w:rsid w:val="00DC2911"/>
+    <w:rsid w:val="00DC2A2B"/>
     <w:rsid w:val="00DC535D"/>
     <w:rsid w:val="00DC5753"/>
     <w:rsid w:val="00DC5B33"/>
     <w:rsid w:val="00DC5BA3"/>
     <w:rsid w:val="00DC6913"/>
     <w:rsid w:val="00DC78AB"/>
     <w:rsid w:val="00DD00E8"/>
     <w:rsid w:val="00DD0349"/>
     <w:rsid w:val="00DD3044"/>
-    <w:rsid w:val="00DD4811"/>
+    <w:rsid w:val="00DD3A09"/>
     <w:rsid w:val="00DD52FE"/>
-    <w:rsid w:val="00DD5386"/>
     <w:rsid w:val="00DD6096"/>
     <w:rsid w:val="00DD6867"/>
     <w:rsid w:val="00DD6E03"/>
+    <w:rsid w:val="00DD713F"/>
     <w:rsid w:val="00DD71A9"/>
+    <w:rsid w:val="00DD73E8"/>
     <w:rsid w:val="00DE0773"/>
     <w:rsid w:val="00DE1B4B"/>
     <w:rsid w:val="00DE2280"/>
     <w:rsid w:val="00DE2F4F"/>
-    <w:rsid w:val="00DE30AE"/>
     <w:rsid w:val="00DE314F"/>
     <w:rsid w:val="00DE4A61"/>
+    <w:rsid w:val="00DE4E47"/>
     <w:rsid w:val="00DE5570"/>
     <w:rsid w:val="00DE5790"/>
     <w:rsid w:val="00DE5D0C"/>
+    <w:rsid w:val="00DE642A"/>
     <w:rsid w:val="00DE7BA4"/>
     <w:rsid w:val="00DE7C02"/>
     <w:rsid w:val="00DE7CB8"/>
     <w:rsid w:val="00DE7CD0"/>
     <w:rsid w:val="00DF137B"/>
     <w:rsid w:val="00DF1CBC"/>
     <w:rsid w:val="00DF2679"/>
     <w:rsid w:val="00DF3A9F"/>
     <w:rsid w:val="00DF4755"/>
     <w:rsid w:val="00DF5087"/>
+    <w:rsid w:val="00DF5326"/>
     <w:rsid w:val="00DF5A6E"/>
     <w:rsid w:val="00DF69B1"/>
     <w:rsid w:val="00DF7A64"/>
     <w:rsid w:val="00E00416"/>
     <w:rsid w:val="00E004A0"/>
     <w:rsid w:val="00E00696"/>
     <w:rsid w:val="00E009F0"/>
     <w:rsid w:val="00E00EB6"/>
     <w:rsid w:val="00E01174"/>
     <w:rsid w:val="00E01279"/>
     <w:rsid w:val="00E03C59"/>
+    <w:rsid w:val="00E042A0"/>
     <w:rsid w:val="00E04A19"/>
     <w:rsid w:val="00E04BBF"/>
+    <w:rsid w:val="00E04CA3"/>
+    <w:rsid w:val="00E075A0"/>
     <w:rsid w:val="00E07654"/>
     <w:rsid w:val="00E10465"/>
-    <w:rsid w:val="00E1150E"/>
+    <w:rsid w:val="00E1069C"/>
     <w:rsid w:val="00E11D1D"/>
     <w:rsid w:val="00E1266B"/>
     <w:rsid w:val="00E12F83"/>
     <w:rsid w:val="00E130C8"/>
     <w:rsid w:val="00E13DCB"/>
     <w:rsid w:val="00E13E1B"/>
     <w:rsid w:val="00E148B8"/>
-    <w:rsid w:val="00E154D9"/>
     <w:rsid w:val="00E15919"/>
+    <w:rsid w:val="00E16EB0"/>
     <w:rsid w:val="00E172D5"/>
     <w:rsid w:val="00E20DEE"/>
     <w:rsid w:val="00E2148D"/>
     <w:rsid w:val="00E22206"/>
-    <w:rsid w:val="00E22646"/>
     <w:rsid w:val="00E231BA"/>
     <w:rsid w:val="00E2383F"/>
     <w:rsid w:val="00E23990"/>
     <w:rsid w:val="00E23F27"/>
     <w:rsid w:val="00E24679"/>
     <w:rsid w:val="00E24B79"/>
+    <w:rsid w:val="00E25194"/>
     <w:rsid w:val="00E2551C"/>
+    <w:rsid w:val="00E262CC"/>
     <w:rsid w:val="00E26F95"/>
     <w:rsid w:val="00E27215"/>
     <w:rsid w:val="00E27CEF"/>
     <w:rsid w:val="00E305DC"/>
     <w:rsid w:val="00E3065C"/>
     <w:rsid w:val="00E30B5B"/>
     <w:rsid w:val="00E30BFE"/>
     <w:rsid w:val="00E30E4D"/>
     <w:rsid w:val="00E315A4"/>
     <w:rsid w:val="00E32636"/>
     <w:rsid w:val="00E3277D"/>
     <w:rsid w:val="00E3299A"/>
     <w:rsid w:val="00E33B6C"/>
     <w:rsid w:val="00E351DF"/>
     <w:rsid w:val="00E37256"/>
-    <w:rsid w:val="00E37BD5"/>
     <w:rsid w:val="00E37C5F"/>
     <w:rsid w:val="00E37E2B"/>
+    <w:rsid w:val="00E41EA4"/>
     <w:rsid w:val="00E4322C"/>
     <w:rsid w:val="00E43E68"/>
     <w:rsid w:val="00E44AA9"/>
+    <w:rsid w:val="00E459B5"/>
     <w:rsid w:val="00E4684E"/>
     <w:rsid w:val="00E46D03"/>
     <w:rsid w:val="00E47020"/>
     <w:rsid w:val="00E470BB"/>
     <w:rsid w:val="00E47AFE"/>
     <w:rsid w:val="00E47D9F"/>
     <w:rsid w:val="00E50329"/>
+    <w:rsid w:val="00E50763"/>
+    <w:rsid w:val="00E51037"/>
+    <w:rsid w:val="00E5313F"/>
     <w:rsid w:val="00E53FD3"/>
+    <w:rsid w:val="00E541EA"/>
     <w:rsid w:val="00E557C9"/>
     <w:rsid w:val="00E562B7"/>
     <w:rsid w:val="00E56ECD"/>
     <w:rsid w:val="00E56F50"/>
-    <w:rsid w:val="00E57083"/>
-    <w:rsid w:val="00E57E22"/>
+    <w:rsid w:val="00E607FF"/>
     <w:rsid w:val="00E612DD"/>
     <w:rsid w:val="00E61898"/>
     <w:rsid w:val="00E62C87"/>
     <w:rsid w:val="00E63092"/>
     <w:rsid w:val="00E64C74"/>
     <w:rsid w:val="00E64FF0"/>
     <w:rsid w:val="00E650EF"/>
+    <w:rsid w:val="00E654FC"/>
     <w:rsid w:val="00E65C88"/>
     <w:rsid w:val="00E65D81"/>
-    <w:rsid w:val="00E6625C"/>
     <w:rsid w:val="00E663C0"/>
     <w:rsid w:val="00E67366"/>
     <w:rsid w:val="00E675F1"/>
+    <w:rsid w:val="00E6785A"/>
     <w:rsid w:val="00E67999"/>
     <w:rsid w:val="00E70430"/>
-    <w:rsid w:val="00E7046D"/>
     <w:rsid w:val="00E708A1"/>
     <w:rsid w:val="00E70D44"/>
+    <w:rsid w:val="00E70E5F"/>
     <w:rsid w:val="00E71D12"/>
+    <w:rsid w:val="00E7290E"/>
+    <w:rsid w:val="00E7309F"/>
+    <w:rsid w:val="00E73662"/>
+    <w:rsid w:val="00E744B2"/>
     <w:rsid w:val="00E755BD"/>
+    <w:rsid w:val="00E75769"/>
     <w:rsid w:val="00E769B3"/>
     <w:rsid w:val="00E7709F"/>
     <w:rsid w:val="00E80DF4"/>
+    <w:rsid w:val="00E8197D"/>
     <w:rsid w:val="00E82322"/>
     <w:rsid w:val="00E82777"/>
+    <w:rsid w:val="00E83798"/>
     <w:rsid w:val="00E850B2"/>
+    <w:rsid w:val="00E858D1"/>
+    <w:rsid w:val="00E86515"/>
     <w:rsid w:val="00E876DA"/>
+    <w:rsid w:val="00E903D1"/>
+    <w:rsid w:val="00E90658"/>
+    <w:rsid w:val="00E90D81"/>
     <w:rsid w:val="00E90DAB"/>
     <w:rsid w:val="00E92140"/>
     <w:rsid w:val="00E925DC"/>
+    <w:rsid w:val="00E92C34"/>
     <w:rsid w:val="00E93673"/>
     <w:rsid w:val="00E9370B"/>
+    <w:rsid w:val="00E93B98"/>
     <w:rsid w:val="00E93BB2"/>
     <w:rsid w:val="00E94176"/>
     <w:rsid w:val="00E94684"/>
     <w:rsid w:val="00E948BD"/>
     <w:rsid w:val="00E978D9"/>
     <w:rsid w:val="00E97D19"/>
     <w:rsid w:val="00E97EA7"/>
     <w:rsid w:val="00EA0CC8"/>
     <w:rsid w:val="00EA0EEE"/>
     <w:rsid w:val="00EA15DE"/>
     <w:rsid w:val="00EA34F8"/>
     <w:rsid w:val="00EA60E6"/>
     <w:rsid w:val="00EA65BC"/>
+    <w:rsid w:val="00EA67E3"/>
     <w:rsid w:val="00EA6A95"/>
+    <w:rsid w:val="00EA7454"/>
+    <w:rsid w:val="00EA77D8"/>
     <w:rsid w:val="00EA7A33"/>
     <w:rsid w:val="00EA7DD9"/>
     <w:rsid w:val="00EB0912"/>
     <w:rsid w:val="00EB1900"/>
     <w:rsid w:val="00EB2E15"/>
     <w:rsid w:val="00EB4585"/>
     <w:rsid w:val="00EB4E6B"/>
     <w:rsid w:val="00EB51EA"/>
     <w:rsid w:val="00EB5DA8"/>
     <w:rsid w:val="00EB7C5B"/>
     <w:rsid w:val="00EB7E88"/>
     <w:rsid w:val="00EC2A11"/>
     <w:rsid w:val="00EC3577"/>
     <w:rsid w:val="00EC369D"/>
     <w:rsid w:val="00EC4176"/>
-    <w:rsid w:val="00EC4FF4"/>
     <w:rsid w:val="00EC61A9"/>
-    <w:rsid w:val="00EC6417"/>
     <w:rsid w:val="00EC7198"/>
     <w:rsid w:val="00ED01E3"/>
     <w:rsid w:val="00ED0375"/>
     <w:rsid w:val="00ED06CE"/>
     <w:rsid w:val="00ED10E0"/>
     <w:rsid w:val="00ED16B7"/>
     <w:rsid w:val="00ED17AA"/>
     <w:rsid w:val="00ED3127"/>
     <w:rsid w:val="00ED3FA7"/>
     <w:rsid w:val="00ED54EE"/>
     <w:rsid w:val="00ED5A5F"/>
     <w:rsid w:val="00ED5FCE"/>
+    <w:rsid w:val="00ED6B02"/>
     <w:rsid w:val="00ED6D7C"/>
     <w:rsid w:val="00ED72AF"/>
     <w:rsid w:val="00ED7470"/>
     <w:rsid w:val="00ED7E15"/>
     <w:rsid w:val="00EE0B0F"/>
     <w:rsid w:val="00EE248B"/>
     <w:rsid w:val="00EE279B"/>
-    <w:rsid w:val="00EE4473"/>
+    <w:rsid w:val="00EE2E44"/>
     <w:rsid w:val="00EE4741"/>
     <w:rsid w:val="00EE739C"/>
     <w:rsid w:val="00EE7F28"/>
+    <w:rsid w:val="00EF2383"/>
     <w:rsid w:val="00EF2C94"/>
     <w:rsid w:val="00EF48C8"/>
     <w:rsid w:val="00EF495A"/>
     <w:rsid w:val="00EF4A85"/>
     <w:rsid w:val="00EF578A"/>
     <w:rsid w:val="00EF5B62"/>
     <w:rsid w:val="00EF6DFB"/>
     <w:rsid w:val="00EF7B4B"/>
+    <w:rsid w:val="00F0074E"/>
+    <w:rsid w:val="00F00916"/>
     <w:rsid w:val="00F00D54"/>
     <w:rsid w:val="00F00DFE"/>
     <w:rsid w:val="00F017D6"/>
     <w:rsid w:val="00F01B1F"/>
     <w:rsid w:val="00F020B6"/>
+    <w:rsid w:val="00F0210B"/>
     <w:rsid w:val="00F02B5D"/>
+    <w:rsid w:val="00F02F6F"/>
+    <w:rsid w:val="00F036AC"/>
     <w:rsid w:val="00F03848"/>
+    <w:rsid w:val="00F043FD"/>
     <w:rsid w:val="00F046D0"/>
     <w:rsid w:val="00F04890"/>
     <w:rsid w:val="00F06048"/>
     <w:rsid w:val="00F06B65"/>
     <w:rsid w:val="00F06FCE"/>
     <w:rsid w:val="00F071E4"/>
     <w:rsid w:val="00F07322"/>
     <w:rsid w:val="00F0762E"/>
     <w:rsid w:val="00F07873"/>
     <w:rsid w:val="00F104FA"/>
     <w:rsid w:val="00F1054C"/>
     <w:rsid w:val="00F10A1C"/>
     <w:rsid w:val="00F114E8"/>
-    <w:rsid w:val="00F11577"/>
+    <w:rsid w:val="00F115CF"/>
+    <w:rsid w:val="00F11BDB"/>
     <w:rsid w:val="00F12AE6"/>
     <w:rsid w:val="00F12B9D"/>
     <w:rsid w:val="00F13456"/>
     <w:rsid w:val="00F13C5D"/>
     <w:rsid w:val="00F14BF6"/>
     <w:rsid w:val="00F15263"/>
+    <w:rsid w:val="00F16CD4"/>
+    <w:rsid w:val="00F17421"/>
     <w:rsid w:val="00F212A9"/>
     <w:rsid w:val="00F215CC"/>
     <w:rsid w:val="00F21BF2"/>
+    <w:rsid w:val="00F22706"/>
+    <w:rsid w:val="00F24CC7"/>
+    <w:rsid w:val="00F24FD2"/>
     <w:rsid w:val="00F254FE"/>
     <w:rsid w:val="00F255D6"/>
+    <w:rsid w:val="00F2577A"/>
     <w:rsid w:val="00F25988"/>
     <w:rsid w:val="00F27FCD"/>
     <w:rsid w:val="00F30365"/>
     <w:rsid w:val="00F308D7"/>
     <w:rsid w:val="00F30DF9"/>
     <w:rsid w:val="00F3118C"/>
+    <w:rsid w:val="00F31436"/>
     <w:rsid w:val="00F318E1"/>
     <w:rsid w:val="00F324A0"/>
     <w:rsid w:val="00F33313"/>
     <w:rsid w:val="00F3442A"/>
     <w:rsid w:val="00F34BC3"/>
     <w:rsid w:val="00F34C39"/>
     <w:rsid w:val="00F35935"/>
     <w:rsid w:val="00F35A26"/>
     <w:rsid w:val="00F35F73"/>
+    <w:rsid w:val="00F3640D"/>
     <w:rsid w:val="00F36D1A"/>
     <w:rsid w:val="00F36EEC"/>
     <w:rsid w:val="00F37126"/>
     <w:rsid w:val="00F378D9"/>
     <w:rsid w:val="00F402DA"/>
     <w:rsid w:val="00F4049E"/>
     <w:rsid w:val="00F41ED3"/>
     <w:rsid w:val="00F425BD"/>
+    <w:rsid w:val="00F42DBB"/>
     <w:rsid w:val="00F42FFB"/>
     <w:rsid w:val="00F43413"/>
     <w:rsid w:val="00F4420B"/>
     <w:rsid w:val="00F45189"/>
     <w:rsid w:val="00F507B0"/>
     <w:rsid w:val="00F50885"/>
     <w:rsid w:val="00F509D8"/>
     <w:rsid w:val="00F50F6C"/>
+    <w:rsid w:val="00F513AE"/>
     <w:rsid w:val="00F515EE"/>
     <w:rsid w:val="00F52329"/>
     <w:rsid w:val="00F52660"/>
+    <w:rsid w:val="00F52ACE"/>
     <w:rsid w:val="00F53BC1"/>
+    <w:rsid w:val="00F53F35"/>
     <w:rsid w:val="00F56E85"/>
     <w:rsid w:val="00F6270C"/>
     <w:rsid w:val="00F62AA6"/>
+    <w:rsid w:val="00F63315"/>
     <w:rsid w:val="00F654ED"/>
     <w:rsid w:val="00F6649F"/>
     <w:rsid w:val="00F665EB"/>
     <w:rsid w:val="00F66A90"/>
     <w:rsid w:val="00F66B47"/>
     <w:rsid w:val="00F67D7D"/>
     <w:rsid w:val="00F7100F"/>
     <w:rsid w:val="00F71361"/>
     <w:rsid w:val="00F71B78"/>
     <w:rsid w:val="00F720FE"/>
     <w:rsid w:val="00F72769"/>
     <w:rsid w:val="00F72A78"/>
     <w:rsid w:val="00F73C77"/>
+    <w:rsid w:val="00F7486E"/>
     <w:rsid w:val="00F7607B"/>
     <w:rsid w:val="00F76443"/>
     <w:rsid w:val="00F76A3B"/>
     <w:rsid w:val="00F77F4A"/>
     <w:rsid w:val="00F807DF"/>
     <w:rsid w:val="00F80AD3"/>
     <w:rsid w:val="00F8211E"/>
+    <w:rsid w:val="00F82F3B"/>
     <w:rsid w:val="00F83342"/>
+    <w:rsid w:val="00F83D73"/>
     <w:rsid w:val="00F85D58"/>
     <w:rsid w:val="00F862B0"/>
     <w:rsid w:val="00F86FDF"/>
     <w:rsid w:val="00F872B2"/>
+    <w:rsid w:val="00F90933"/>
     <w:rsid w:val="00F90C33"/>
     <w:rsid w:val="00F9263C"/>
+    <w:rsid w:val="00F92693"/>
     <w:rsid w:val="00F927C5"/>
+    <w:rsid w:val="00F92AC4"/>
     <w:rsid w:val="00F937D4"/>
     <w:rsid w:val="00F938BB"/>
     <w:rsid w:val="00F93CA6"/>
     <w:rsid w:val="00F94894"/>
+    <w:rsid w:val="00F95D97"/>
     <w:rsid w:val="00F96819"/>
     <w:rsid w:val="00F970D5"/>
     <w:rsid w:val="00F979C5"/>
     <w:rsid w:val="00F97B52"/>
     <w:rsid w:val="00FA070D"/>
     <w:rsid w:val="00FA0731"/>
+    <w:rsid w:val="00FA084B"/>
     <w:rsid w:val="00FA1571"/>
     <w:rsid w:val="00FA1C7C"/>
+    <w:rsid w:val="00FA2055"/>
     <w:rsid w:val="00FA21DA"/>
     <w:rsid w:val="00FA30D7"/>
+    <w:rsid w:val="00FA31F6"/>
+    <w:rsid w:val="00FA3723"/>
     <w:rsid w:val="00FA5ACC"/>
     <w:rsid w:val="00FA734F"/>
     <w:rsid w:val="00FA789B"/>
     <w:rsid w:val="00FB2527"/>
+    <w:rsid w:val="00FB25F3"/>
     <w:rsid w:val="00FB2A7A"/>
     <w:rsid w:val="00FB2C12"/>
+    <w:rsid w:val="00FB3504"/>
     <w:rsid w:val="00FB3A64"/>
     <w:rsid w:val="00FB3E53"/>
     <w:rsid w:val="00FB4783"/>
     <w:rsid w:val="00FB5077"/>
     <w:rsid w:val="00FB61FC"/>
     <w:rsid w:val="00FB7A05"/>
     <w:rsid w:val="00FC00E5"/>
     <w:rsid w:val="00FC07E1"/>
     <w:rsid w:val="00FC0F4A"/>
-    <w:rsid w:val="00FC21E4"/>
     <w:rsid w:val="00FC2DEA"/>
     <w:rsid w:val="00FC3151"/>
     <w:rsid w:val="00FC3789"/>
     <w:rsid w:val="00FC5E21"/>
+    <w:rsid w:val="00FC74F7"/>
     <w:rsid w:val="00FC78AE"/>
     <w:rsid w:val="00FC79C7"/>
+    <w:rsid w:val="00FD1175"/>
     <w:rsid w:val="00FD1277"/>
     <w:rsid w:val="00FD1856"/>
     <w:rsid w:val="00FD22D6"/>
     <w:rsid w:val="00FD22F0"/>
     <w:rsid w:val="00FD3244"/>
     <w:rsid w:val="00FD331C"/>
     <w:rsid w:val="00FD34DE"/>
     <w:rsid w:val="00FD34F8"/>
     <w:rsid w:val="00FD49A4"/>
     <w:rsid w:val="00FD509F"/>
     <w:rsid w:val="00FD511D"/>
     <w:rsid w:val="00FD6EB1"/>
     <w:rsid w:val="00FD785F"/>
     <w:rsid w:val="00FD79FA"/>
     <w:rsid w:val="00FE0874"/>
-    <w:rsid w:val="00FE0EB9"/>
+    <w:rsid w:val="00FE0BFD"/>
     <w:rsid w:val="00FE12A0"/>
     <w:rsid w:val="00FE1BCE"/>
     <w:rsid w:val="00FE273C"/>
     <w:rsid w:val="00FE2D54"/>
     <w:rsid w:val="00FE3348"/>
-    <w:rsid w:val="00FE3431"/>
     <w:rsid w:val="00FE40E9"/>
     <w:rsid w:val="00FE470B"/>
     <w:rsid w:val="00FE5045"/>
+    <w:rsid w:val="00FE68DC"/>
+    <w:rsid w:val="00FE6BDC"/>
     <w:rsid w:val="00FE794F"/>
     <w:rsid w:val="00FF0BD0"/>
     <w:rsid w:val="00FF1C27"/>
     <w:rsid w:val="00FF2993"/>
     <w:rsid w:val="00FF2A2A"/>
+    <w:rsid w:val="00FF5537"/>
     <w:rsid w:val="00FF6756"/>
     <w:rsid w:val="00FF6949"/>
     <w:rsid w:val="00FF6D4D"/>
     <w:rsid w:val="00FF7A87"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <o:colormru v:ext="edit" colors="#b2b2b2,#969696,#5f5f5f,#ddf2fa,#193d85,#036,#3383ff"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=","/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
   <w14:docId w14:val="0E53DA40"/>
   <w15:docId w15:val="{D9AA0E2A-794C-421A-BFEE-D5D1164112CA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:qFormat="1"/>
-    <w:lsdException w:name="header" w:uiPriority="99"/>
     <w:lsdException w:name="footer" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -12595,51 +13289,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00527BD3"/>
+    <w:rsid w:val="00CB1478"/>
     <w:rPr>
       <w:lang w:val="pt-BR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00BC45F0"/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="right"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00BC45F0"/>
@@ -12787,51 +13481,50 @@
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
-    <w:uiPriority w:val="99"/>
     <w:rsid w:val="00845B71"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00845B71"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00845B71"/>
@@ -13335,1049 +14028,180 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00527BD3"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="00321F9A"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
-[...8 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00E1150E"/>
+    <w:rsid w:val="00CA5ADE"/>
     <w:rPr>
       <w:lang w:val="pt-BR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="UnresolvedMention">
-    <w:name w:val="Unresolved Mention"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:uiPriority w:val="99"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00E1150E"/>
+    <w:link w:val="Header"/>
+    <w:rsid w:val="000B3C31"/>
     <w:rPr>
-      <w:color w:val="605E5C"/>
-      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+      <w:lang w:val="pt-BR"/>
     </w:rPr>
-  </w:style>
-[...8 lines deleted...]
-    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:divs>
-    <w:div w:id="47337474">
-[...175 lines deleted...]
-    </w:div>
     <w:div w:id="316962829">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="348214329">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="405542440">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="412431493">
-[...162 lines deleted...]
-    </w:div>
     <w:div w:id="558056789">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
-    </w:div>
-[...39 lines deleted...]
-      </w:divsChild>
     </w:div>
     <w:div w:id="623971749">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="644238752">
-[...39 lines deleted...]
-    </w:div>
     <w:div w:id="644969915">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
-    </w:div>
-[...162 lines deleted...]
-      </w:divsChild>
     </w:div>
     <w:div w:id="904952613">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1045108404">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1113674027">
-[...258 lines deleted...]
-    <w:div w:id="1379010075">
+    <w:div w:id="1165516460">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1409495714">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -14385,545 +14209,99 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1525556021">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1583029151">
-[...39 lines deleted...]
-    </w:div>
     <w:div w:id="1636182752">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1685133637">
+    <w:div w:id="2006392126">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1707951139">
-[...393 lines deleted...]
-    </w:div>
     <w:div w:id="2129468728">
-      <w:bodyDiv w:val="1"/>
-[...11 lines deleted...]
-    <w:div w:id="2136868535">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../customXml/item1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml"/><Relationship Id="rId10" Target="webSettings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings"/><Relationship Id="rId11" Target="footnotes.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes"/><Relationship Id="rId12" Target="endnotes.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes"/><Relationship Id="rId13" Target="header1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header"/><Relationship Id="rId14" Target="header2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header"/><Relationship Id="rId15" Target="footer1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer"/><Relationship Id="rId16" Target="footer2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer"/><Relationship Id="rId17" Target="header3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header"/><Relationship Id="rId18" Target="footer3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer"/><Relationship Id="rId19" Target="fontTable.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable"/><Relationship Id="rId2" Target="../customXml/item2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml"/><Relationship Id="rId20" Target="theme/theme1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme"/><Relationship Id="rId3" Target="../customXml/item3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml"/><Relationship Id="rId4" Target="../customXml/item4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml"/><Relationship Id="rId5" Target="../customXml/item5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml"/><Relationship Id="rId6" Target="../customXml/item6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml"/><Relationship Id="rId7" Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering"/><Relationship Id="rId8" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId9" Target="settings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../customXml/item1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml"/><Relationship Id="rId10" Target="footnotes.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes"/><Relationship Id="rId11" Target="endnotes.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes"/><Relationship Id="rId12" Target="header1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header"/><Relationship Id="rId13" Target="footer1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer"/><Relationship Id="rId14" Target="header2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header"/><Relationship Id="rId15" Target="footer2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer"/><Relationship Id="rId16" Target="fontTable.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable"/><Relationship Id="rId17" Target="theme/theme1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme"/><Relationship Id="rId2" Target="../customXml/item2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml"/><Relationship Id="rId3" Target="../customXml/item3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml"/><Relationship Id="rId4" Target="../customXml/item4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml"/><Relationship Id="rId5" Target="../customXml/item5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml"/><Relationship Id="rId6" Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering"/><Relationship Id="rId7" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId8" Target="settings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings"/><Relationship Id="rId9" Target="webSettings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="media/image1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="media/image1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -15195,110 +14573,219 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="itemProps1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="itemProps2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="itemProps3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="itemProps4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="itemProps5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="itemProps6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps"/></Relationships>
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="ccdc77cc-1942-4627-a4ab-5f16409c8cb6">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="406d4637-727a-4907-95da-031bf71e7106" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-    <xsd:import namespace="9bd4b9cc-8746-41d1-b5cc-e8920a0bba5d"/>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005BB9F61CDC3B7E4DB07D6A4D537D9795" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a066999df28d9b5d8fd02237cc3b17f8">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ccdc77cc-1942-4627-a4ab-5f16409c8cb6" xmlns:ns3="406d4637-727a-4907-95da-031bf71e7106" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="382728dcbc87cbe7f88ebfeddf5b5ede" ns2:_="" ns3:_="">
+    <xsd:import namespace="ccdc77cc-1942-4627-a4ab-5f16409c8cb6"/>
+    <xsd:import namespace="406d4637-727a-4907-95da-031bf71e7106"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
-[...1 lines deleted...]
-                <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="9bd4b9cc-8746-41d1-b5cc-e8920a0bba5d" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ccdc77cc-1942-4627-a4ab-5f16409c8cb6" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="_dlc_DocId" ma:index="8" nillable="true" ma:displayName="Document ID Value" ma:description="The value of the document ID assigned to this item." ma:internalName="_dlc_DocId" ma:readOnly="true">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="_dlc_DocIdUrl" ma:index="9" nillable="true" ma:displayName="Document ID" ma:description="Permanent link to this document." ma:hidden="true" ma:internalName="_dlc_DocIdUrl" ma:readOnly="true">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="12" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="7ce3933b-a88c-476e-8d62-9e46c87e951c" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="14" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="15" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="17" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="20" nillable="true" ma:displayName="MediaServiceDateTaken" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="406d4637-727a-4907-95da-031bf71e7106" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="13" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{ee917da8-e78a-4ed1-99dc-e3eca00b5e3f}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="406d4637-727a-4907-95da-031bf71e7106">
       <xsd:complexType>
         <xsd:complexContent>
-          <xsd:extension base="dms:URL">
+          <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
-              <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
-              <xsd:element name="Description" type="xsd:string" nillable="true"/>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="_dlc_DocIdPersistId" ma:index="10" nillable="true" ma:displayName="Persist ID" ma:description="Keep ID on add." ma:hidden="true" ma:internalName="_dlc_DocIdPersistId" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Boolean"/>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Empresa"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -15343,271 +14830,188 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B3F4A835-33E0-4914-B124-EA59A24CD53A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="ccdc77cc-1942-4627-a4ab-5f16409c8cb6"/>
+    <ds:schemaRef ds:uri="406d4637-727a-4907-95da-031bf71e7106"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D304A8C1-1A6B-4E3B-8BC1-A0E912472005}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{26C424C8-883A-4BE6-A1CE-471C1B724722}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0BC03074-0F99-4D0E-B920-39E6B6A38249}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
-[...50 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1C21CC9D-E134-4F6E-A642-9614E418D43F}">
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{93FD60BF-EFC1-4019-AFE8-C6E5CA1346C1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="9bd4b9cc-8746-41d1-b5cc-e8920a0bba5d"/>
+    <ds:schemaRef ds:uri="ccdc77cc-1942-4627-a4ab-5f16409c8cb6"/>
+    <ds:schemaRef ds:uri="406d4637-727a-4907-95da-031bf71e7106"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...40 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1157</Words>
-  <Characters>6595</Characters>
+  <Words>732</Words>
+  <Characters>4177</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>54</Lines>
-  <Paragraphs>15</Paragraphs>
+  <Lines>34</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Código do Cliente:</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company xsi:nil="true"/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7737</CharactersWithSpaces>
+  <CharactersWithSpaces>4900</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>4653122</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.btgpactual.com.br/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
   <Manager xsi:nil="true"/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_dlc_DocId">
     <vt:lpwstr>57ZY53RMA37K-25-358786</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>0c4d193c-8c23-45bc-905d-653525d5f8eb</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_dlc_DocIdUrl">
     <vt:lpwstr>http://intranet/restrictedarea/Legal/brasil/_layouts/15/DocIdRedir.aspx?ID=57ZY53RMA37K-25-358786, 57ZY53RMA37K-25-358786</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_b710bd7e-5127-4e54-969c-4515b2527c83_Enabled">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="iManageCod">
+    <vt:lpwstr>Lefosse - 4535520v5</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="ContentTypeId">
+    <vt:lpwstr>0x0101005BB9F61CDC3B7E4DB07D6A4D537D9795</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_9f5c05c1-20cc-4ae2-903f-bbf65a0cdbcc_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_b710bd7e-5127-4e54-969c-4515b2527c83_SetDate">
-    <vt:lpwstr>2023-01-19T13:05:11Z</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_9f5c05c1-20cc-4ae2-903f-bbf65a0cdbcc_SetDate">
+    <vt:lpwstr>2024-07-18T13:47:28Z</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_b710bd7e-5127-4e54-969c-4515b2527c83_Method">
-    <vt:lpwstr>Standard</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_9f5c05c1-20cc-4ae2-903f-bbf65a0cdbcc_Method">
+    <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_b710bd7e-5127-4e54-969c-4515b2527c83_Name">
-    <vt:lpwstr>b710bd7e-5127-4e54-969c-4515b2527c83</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_9f5c05c1-20cc-4ae2-903f-bbf65a0cdbcc_Name">
+    <vt:lpwstr>9f5c05c1-20cc-4ae2-903f-bbf65a0cdbcc</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_b710bd7e-5127-4e54-969c-4515b2527c83_SiteId">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_9f5c05c1-20cc-4ae2-903f-bbf65a0cdbcc_SiteId">
     <vt:lpwstr>16e7cf3f-6af4-4e76-941e-aecafb9704e9</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_b710bd7e-5127-4e54-969c-4515b2527c83_ActionId">
-    <vt:lpwstr>f35dc41a-b19a-4461-a082-b85468d8d71f</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="MSIP_Label_9f5c05c1-20cc-4ae2-903f-bbf65a0cdbcc_ActionId">
+    <vt:lpwstr>9da4b81c-4a8b-4f96-8ae2-bacba74deaea</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_b710bd7e-5127-4e54-969c-4515b2527c83_ContentBits">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="MSIP_Label_9f5c05c1-20cc-4ae2-903f-bbf65a0cdbcc_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
-  </property>
-[...4 lines deleted...]
-    <vt:lpwstr>0x010100089F3DC5719FF041B7D9A0D96FF050D7</vt:lpwstr>
   </property>
 </Properties>
 </file>